--- v0 (2025-12-16)
+++ v1 (2026-02-02)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H586"/>
+  <dimension ref="A1:H609"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1062,14700 +1062,15306 @@
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>This command disabled in chat settings!</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>commands.general.disabled</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr"/>
       <c r="B25" t="inlineStr">
         <is>
-          <t>сообщение</t>
+          <t>Ссылки</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>message</t>
+          <t>Links</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>commands.general.message</t>
+          <t>commands.general.links</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr"/>
       <c r="B26" t="inlineStr">
         <is>
-          <t>сообщения</t>
+          <t>сообщение</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>messages</t>
+          <t>message</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>commands.general.message_few</t>
+          <t>commands.general.message</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr"/>
       <c r="B27" t="inlineStr">
         <is>
-          <t>сообщений</t>
+          <t>сообщения</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>messages</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>commands.general.message_many</t>
+          <t>commands.general.message_few</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr"/>
       <c r="B28" t="inlineStr">
         <is>
           <t>сообщений</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>messages</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>commands.general.message_zero</t>
+          <t>commands.general.message_many</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr"/>
       <c r="B29" t="inlineStr">
         <is>
-          <t>мут</t>
+          <t>сообщений</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>mute</t>
+          <t>messages</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>commands.general.mute</t>
+          <t>commands.general.message_zero</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr"/>
       <c r="B30" t="inlineStr">
         <is>
-          <t>мута</t>
+          <t>мут</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>mutes</t>
+          <t>mute</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>commands.general.mute_few</t>
+          <t>commands.general.mute</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr"/>
       <c r="B31" t="inlineStr">
         <is>
-          <t>мутов</t>
+          <t>мута</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>mutes</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>commands.general.mute_many</t>
+          <t>commands.general.mute_few</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr"/>
       <c r="B32" t="inlineStr">
         <is>
           <t>мутов</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>mutes</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>commands.general.mute_zero</t>
+          <t>commands.general.mute_many</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr"/>
       <c r="B33" t="inlineStr">
         <is>
-          <t>нет</t>
+          <t>мутов</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>false</t>
+          <t>mutes</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>commands.general.no</t>
+          <t>commands.general.mute_zero</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr"/>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Telegram не удалось найти пользователя, если вы уверены что верно его указали, попросите этого пользователя написать в личные сообщения бота.</t>
+          <t>нет</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>Telegram was unable to find the user, if you are sure that you have specified the correct user, ask the user to write to the bot's private messages.</t>
+          <t>false</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>commands.general.notFoundUser</t>
+          <t>commands.general.no</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr"/>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Данное действие доступно только в супергруппах, подробнее: https://tginfo.me/groups_vs_supergroups/</t>
+          <t>Telegram не удалось найти пользователя, если вы уверены что верно его указали, попросите этого пользователя написать в личные сообщения бота.</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>This action is only available in supergroups, more information: https://tginfo.me/groups_vs_supergroups/</t>
+          <t>Telegram was unable to find the user, if you are sure that you have specified the correct user, ask the user to write to the bot's private messages.</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>commands.general.notSuperGroup</t>
+          <t>commands.general.notFoundUser</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr"/>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Эта команда работает только в личных сообщениях!</t>
+          <t>Данное действие доступно только в супергруппах, подробнее: https://tginfo.me/groups_vs_supergroups/</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>This command works only in private messages!</t>
+          <t>This action is only available in supergroups, more information: https://tginfo.me/groups_vs_supergroups/</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>commands.general.onlyPM</t>
+          <t>commands.general.notSuperGroup</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr"/>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Открыть</t>
+          <t>Эта команда работает только в личных сообщениях!</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>Open</t>
+          <t>This command works only in private messages!</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>commands.general.open</t>
+          <t>commands.general.onlyPM</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr"/>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Открыть в WebApp</t>
+          <t>Открыть</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>Open in WebApp</t>
+          <t>Open</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>commands.general.openWebApp</t>
+          <t>commands.general.open</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr"/>
       <c r="B39" t="inlineStr">
         <is>
-          <t>Ложный</t>
+          <t>Открыть в WebApp</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>Reject</t>
+          <t>Open in WebApp</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>commands.general.reject</t>
+          <t>commands.general.openWebApp</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr"/>
       <c r="B40" t="inlineStr">
         <is>
-          <t>репорт</t>
+          <t>Ложный</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>report</t>
+          <t>Reject</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>commands.general.report</t>
+          <t>commands.general.reject</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr"/>
       <c r="B41" t="inlineStr">
         <is>
-          <t>репорта</t>
+          <t>репорт</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>reports</t>
+          <t>report</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>commands.general.report_few</t>
+          <t>commands.general.report</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr"/>
       <c r="B42" t="inlineStr">
         <is>
-          <t>репортов</t>
+          <t>репорта</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>reports</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>commands.general.report_many</t>
+          <t>commands.general.report_few</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr"/>
       <c r="B43" t="inlineStr">
         <is>
           <t>репортов</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>reports</t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>commands.general.report_zero</t>
+          <t>commands.general.report_many</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr"/>
       <c r="B44" t="inlineStr">
         <is>
-          <t>наказание</t>
+          <t>репортов</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>restriction</t>
+          <t>reports</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>commands.general.restriction</t>
+          <t>commands.general.report_zero</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr"/>
       <c r="B45" t="inlineStr">
         <is>
-          <t>наказания</t>
+          <t>наказание</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>restrictions</t>
+          <t>restriction</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>commands.general.restriction_few</t>
+          <t>commands.general.restriction</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr"/>
       <c r="B46" t="inlineStr">
         <is>
-          <t>наказаний</t>
+          <t>наказания</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>restrictions</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>commands.general.restriction_many</t>
+          <t>commands.general.restriction_few</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr"/>
       <c r="B47" t="inlineStr">
         <is>
           <t>наказаний</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>restrictions</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>commands.general.restriction_zero</t>
+          <t>commands.general.restriction_many</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr"/>
       <c r="B48" t="inlineStr">
         <is>
-          <t>Выбрать канал</t>
+          <t>наказаний</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>Select channel</t>
+          <t>restrictions</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>commands.general.selectChannel</t>
+          <t>commands.general.restriction_zero</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr"/>
       <c r="B49" t="inlineStr">
         <is>
-          <t>Выбрать чат</t>
+          <t>Выбрать канал</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>Select chat</t>
+          <t>Select channel</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>commands.general.selectChat</t>
+          <t>commands.general.selectChannel</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr"/>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Выбрать пользователя</t>
+          <t>Выбрать чат</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>Select user</t>
+          <t>Select chat</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>commands.general.selectUser</t>
+          <t>commands.general.selectChat</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr"/>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Вы не указали пользователя или я не знаком с ним!</t>
+          <t>Выбрать пользователя</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>You didn't specified a user or I'm not know him!</t>
+          <t>Select user</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>commands.general.userNotFound</t>
+          <t>commands.general.selectUser</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr"/>
       <c r="B52" t="inlineStr">
         <is>
-          <t>предупреждение</t>
+          <t>Вы не указали пользователя или я не знаком с ним!</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>warn</t>
+          <t>You didn't specified a user or I'm not know him!</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>commands.general.warn</t>
+          <t>commands.general.userNotFound</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr"/>
       <c r="B53" t="inlineStr">
         <is>
-          <t>предупреждения</t>
+          <t>предупреждение</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>warns</t>
+          <t>warn</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>commands.general.warn_few</t>
+          <t>commands.general.warn</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr"/>
       <c r="B54" t="inlineStr">
         <is>
-          <t>предупреждений</t>
+          <t>предупреждения</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>warns</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>commands.general.warn_many</t>
+          <t>commands.general.warn_few</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr"/>
       <c r="B55" t="inlineStr">
         <is>
           <t>предупреждений</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>warns</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>commands.general.warn_zero</t>
+          <t>commands.general.warn_many</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr"/>
       <c r="B56" t="inlineStr">
         <is>
-          <t>да</t>
+          <t>предупреждений</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>true</t>
+          <t>warns</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>commands.general.yes</t>
+          <t>commands.general.warn_zero</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr"/>
       <c r="B57" t="inlineStr">
         <is>
-          <t>Список команд:</t>
+          <t>да</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>Commands:</t>
+          <t>true</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>commands.help.commandList</t>
+          <t>commands.general.yes</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr"/>
       <c r="B58" t="inlineStr">
         <is>
-          <t>Справка по боту</t>
+          <t>Список команд:</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>Bot Help</t>
+          <t>Commands:</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>commands.help.description</t>
+          <t>commands.help.commandList</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr"/>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Подробнее в документации: https://docs.redguy.ru/igb/imperiumguardbot.html</t>
+          <t>Справка по боту</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>More in documentation: https://docs.redguy.ru/igb/imperiumguardbot.html</t>
+          <t>Bot Help</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>commands.help.docs</t>
+          <t>commands.help.description</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr"/>
       <c r="B60" t="inlineStr">
         <is>
-          <t>&lt;длительность&gt;</t>
+          <t>Подробнее в документации: https://docs.redguy.ru/igb/imperiumguardbot.html</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>&lt;duration&gt;</t>
+          <t>More in documentation: https://docs.redguy.ru/igb/imperiumguardbot.html</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>commands.help.duration</t>
+          <t>commands.help.docs</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr"/>
       <c r="B61" t="inlineStr">
         <is>
-          <t>Длительность указывается в формате число+интервал: 1m 2h 3d 4w 5M 6y</t>
+          <t>&lt;длительность&gt;</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>Duration is specified in number+interval format: 1m 2h 3d 4w 5M 6y</t>
+          <t>&lt;duration&gt;</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>commands.help.durationHint</t>
+          <t>commands.help.duration</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr"/>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Модерация</t>
+          <t>Длительность указывается в формате число+интервал: 1m 2h 3d 4w 5M 6y</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>Moderation</t>
+          <t>Duration is specified in number+interval format: 1m 2h 3d 4w 5M 6y</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>commands.help.group.admin</t>
+          <t>commands.help.durationHint</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr"/>
       <c r="B63" t="inlineStr">
         <is>
-          <t>Контентный модератор</t>
+          <t>Модерация</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>Content moderation</t>
+          <t>Moderation</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>commands.help.group.ai-moder</t>
+          <t>commands.help.group.admin</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr"/>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Прочее</t>
+          <t>Контентный модератор</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>Misc</t>
+          <t>Content moderation</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>commands.help.group.misc</t>
+          <t>commands.help.group.ai-moder</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr"/>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Владелец</t>
+          <t>Прочее</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>Owner</t>
+          <t>Misc</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>commands.help.group.owner</t>
+          <t>commands.help.group.misc</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr"/>
       <c r="B66" t="inlineStr">
         <is>
-          <t>Пользователькие</t>
+          <t>Владелец</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>User's</t>
+          <t>Owner</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>commands.help.group.user</t>
+          <t>commands.help.group.owner</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr"/>
       <c r="B67" t="inlineStr">
         <is>
-          <t>Добро пожаловать в Имперского Стражника! Для навигации по разделам используйте кнопки ниже.</t>
+          <t>Пользователькие</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>Welcome to the Imperium Guard! Use the buttons below to navigate through the sections.</t>
+          <t>User's</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>commands.help.header</t>
+          <t>commands.help.group.user</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr"/>
       <c r="B68" t="inlineStr">
         <is>
-          <t>&lt;id/username/ответ&gt;</t>
+          <t>Добро пожаловать в Имперского Стражника! Для навигации по разделам используйте кнопки ниже.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>&lt;id/username/reply&gt;</t>
+          <t>Welcome to the Imperium Guard! Use the buttons below to navigate through the sections.</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>commands.help.idUserReply</t>
+          <t>commands.help.header</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr"/>
       <c r="B69" t="inlineStr">
         <is>
-          <t>&lt;причина&gt;</t>
+          <t>&lt;id/username/ответ&gt;</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>&lt;reason&gt;</t>
+          <t>&lt;id/username/reply&gt;</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>commands.help.reason</t>
+          <t>commands.help.idUserReply</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr"/>
       <c r="B70" t="inlineStr">
         <is>
-          <t>&lt;ответ&gt;</t>
+          <t>&lt;причина&gt;</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>&lt;reply&gt;</t>
+          <t>&lt;reason&gt;</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>commands.help.reply</t>
+          <t>commands.help.reason</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr"/>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Получить id пользователя, канала или чата</t>
+          <t>&lt;ответ&gt;</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>Get the id of a user, channel or chat</t>
+          <t>&lt;reply&gt;</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>commands.id.description</t>
+          <t>commands.help.reply</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr"/>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Отправьте пользователя, канал или чат используя кнопки ниже!</t>
+          <t>Получить id пользователя, канала или чата</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>Send a user, channel or chat using the buttons below!</t>
+          <t>Get the id of a user, channel or chat</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>commands.id.send</t>
+          <t>commands.id.description</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr"/>
       <c r="B73" t="inlineStr">
         <is>
-          <t>Выдаёт json схему сообщения</t>
+          <t>Отправьте пользователя, канал или чат используя кнопки ниже!</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>Outputs a json schema of the message</t>
+          <t>Send a user, channel or chat using the buttons below!</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>commands.json.description</t>
+          <t>commands.id.send</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr"/>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Запуск массового действия над пользователями</t>
+          <t>Выдаёт json схему сообщения</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>Starting a mass action on users</t>
+          <t>Outputs a json schema of the message</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>commands.mass.description</t>
+          <t>commands.json.description</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr"/>
       <c r="B75" t="inlineStr">
         <is>
-          <t>Топ модераторов по блокировкам:</t>
+          <t>Запуск массового действия над пользователями</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>Top moderators by bans:</t>
+          <t>Starting a mass action on users</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>commands.modtop.bans</t>
+          <t>commands.mass.description</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr"/>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Получить топ модераторов</t>
+          <t>Топ модераторов по блокировкам:</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>Get top of moderators</t>
+          <t>Top moderators by bans:</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>commands.modtop.description</t>
+          <t>commands.modtop.bans</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr"/>
       <c r="B77" t="inlineStr">
         <is>
-          <t>Топ модераторов по мутам:</t>
+          <t>Получить топ модераторов</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>Top moderators by mutes:</t>
+          <t>Get top of moderators</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>commands.modtop.mutes</t>
+          <t>commands.modtop.description</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr"/>
       <c r="B78" t="inlineStr">
         <is>
-          <t>Топ модераторов:</t>
+          <t>Топ модераторов по мутам:</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>Moderators top:</t>
+          <t>Top moderators by mutes:</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>commands.modtop.total</t>
+          <t>commands.modtop.mutes</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr"/>
       <c r="B79" t="inlineStr">
         <is>
-          <t>Топ модераторов по предупреждениям:</t>
+          <t>Топ модераторов:</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>Top moderators by warns:</t>
+          <t>Moderators top:</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>commands.modtop.warns</t>
+          <t>commands.modtop.total</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr"/>
       <c r="B80" t="inlineStr">
         <is>
-          <t>Открывает WebApp просмотра профилей пользователей</t>
+          <t>Топ модераторов по предупреждениям:</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>Opens WebApp with members profiles</t>
+          <t>Top moderators by warns:</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>commands.modview.description</t>
+          <t>commands.modtop.warns</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr"/>
       <c r="B81" t="inlineStr">
         <is>
-          <t>Получить топ по сообщениям в чате</t>
+          <t>Открывает WebApp просмотра профилей пользователей</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>Get top by messages in chat</t>
+          <t>Opens WebApp with members profiles</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>commands.msgtop.description</t>
+          <t>commands.modview.description</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr"/>
       <c r="B82" t="inlineStr">
         <is>
-          <t>Топ по количеству сообщений:</t>
+          <t>За всё время</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>Top by messages count:</t>
+          <t>For all time</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>commands.msgtop.header</t>
+          <t>commands.msgtop.all</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr"/>
       <c r="B83" t="inlineStr">
         <is>
-          <t>Замутить пользователя</t>
+          <t>За сегодня</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>Mute user</t>
+          <t>For today</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>commands.mute.description</t>
+          <t>commands.msgtop.day</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr"/>
       <c r="B84" t="inlineStr">
         <is>
-          <t>Нельзя выдать мут другому администратору!</t>
+          <t>Получить топ по сообщениям в чате</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>You can't give a mute to another administrator!</t>
+          <t>Get top by messages in chat</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>commands.mute.onlyUsers</t>
+          <t>commands.msgtop.description</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr"/>
       <c r="B85" t="inlineStr">
         <is>
-          <t>Создать заметку о пользователе</t>
+          <t>Топ по количеству сообщений:</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>Create note about user</t>
+          <t>Top by messages count:</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>commands.note.description</t>
+          <t>commands.msgtop.header</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr"/>
       <c r="B86" t="inlineStr">
         <is>
-          <t>Нельзя оставить заметку о другом администраторе!</t>
+          <t>За неделю</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>You cannot leave a note about other administrator!</t>
+          <t>For week</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>commands.note.onlyUsers</t>
+          <t>commands.msgtop.week</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr"/>
       <c r="B87" t="inlineStr">
         <is>
-          <t>Поддержка по платежам</t>
+          <t>Замутить пользователя</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>Payment support</t>
+          <t>Mute user</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>commands.paysupport.description</t>
+          <t>commands.mute.description</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr"/>
       <c r="B88" t="inlineStr">
         <is>
-          <t>Политика конфиденциальности</t>
+          <t>Нельзя выдать мут другому администратору!</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>Privacy Policy</t>
+          <t>You can't give a mute to another administrator!</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>commands.privacy.description</t>
+          <t>commands.mute.onlyUsers</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr"/>
       <c r="B89" t="inlineStr">
         <is>
-          <t>Включить/выключить режим рейда</t>
+          <t>Создать заметку о пользователе</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>Enable/Disable raid mode</t>
+          <t>Create note about user</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>commands.raidmode.description</t>
+          <t>commands.note.description</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr"/>
       <c r="B90" t="inlineStr">
         <is>
-          <t>Режим рейда отключён!</t>
+          <t>Нельзя оставить заметку о другом администраторе!</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>Raid mode disabled!</t>
+          <t>You cannot leave a note about other administrator!</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>commands.raidmode.disabled</t>
+          <t>commands.note.onlyUsers</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr"/>
       <c r="B91" t="inlineStr">
         <is>
-          <t>Включён режим рейда, все входящие пользователи будут автоматически исключены!</t>
+          <t>Поддержка по платежам</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>Enabled raid mode, all joined users will be automatically kicked!</t>
+          <t>Payment support</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>commands.raidmode.enabled</t>
+          <t>commands.paysupport.description</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr"/>
       <c r="B92" t="inlineStr">
         <is>
-          <t>Включить/выключить режим только чтение</t>
+          <t>Политика конфиденциальности</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>Enable/Disable read only mode</t>
+          <t>Privacy Policy</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>commands.readonly.description</t>
+          <t>commands.privacy.description</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr"/>
       <c r="B93" t="inlineStr">
         <is>
-          <t>Режим только чтение отключен!</t>
+          <t>Включить/выключить режим рейда</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>Read only mode is diabled!</t>
+          <t>Enable/Disable raid mode</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>commands.readonly.disabled</t>
+          <t>commands.raidmode.description</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr"/>
       <c r="B94" t="inlineStr">
         <is>
-          <t>Режим только чтение включен!</t>
+          <t>Режим рейда отключён!</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>Read only mode enabled!</t>
+          <t>Raid mode disabled!</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>commands.readonly.enabled</t>
+          <t>commands.raidmode.disabled</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr"/>
       <c r="B95" t="inlineStr">
         <is>
-          <t>Репорт одобрен!</t>
+          <t>Включён режим рейда, все входящие пользователи будут автоматически исключены!</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>Report approved!</t>
+          <t>Enabled raid mode, all joined users will be automatically kicked!</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>commands.report.accepted</t>
+          <t>commands.raidmode.enabled</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr"/>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Вы уже отправляли репорт на это сообщение!</t>
+          <t>Включить/выключить режим только чтение</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>You already reported this message!</t>
+          <t>Enable/Disable read only mode</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>commands.report.alreadySent</t>
+          <t>commands.readonly.description</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr"/>
       <c r="B97" t="inlineStr">
         <is>
-          <t>Сообщение удалено из-за большого количества репортов!</t>
+          <t>Режим только чтение отключен!</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>The message is deleted by a lot of reports!</t>
+          <t>Read only mode is diabled!</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>commands.report.deleted</t>
+          <t>commands.readonly.disabled</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr"/>
       <c r="B98" t="inlineStr">
         <is>
-          <t>Отправить репорт на сообщение</t>
+          <t>Режим только чтение включен!</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>Report a message</t>
+          <t>Read only mode enabled!</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>commands.report.description</t>
+          <t>commands.readonly.enabled</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr"/>
       <c r="B99" t="inlineStr">
         <is>
-          <t>Получен &lt;a href="{{reportUrl}}"&gt;репорт&lt;/a&gt; от &lt;a href="tg://user?id={{fromId}}"&gt;{{fromName}}&lt;/a&gt; на &lt;a href="tg://user?id={{toId}}"&gt;{{toName}}&lt;/a&gt; #id{{toId}} в чате &lt;a href="{{messageUrl}}"&gt;{{title}}&lt;/a&gt;</t>
+          <t>Репорт одобрен!</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>Got &lt;a href="{{reportUrl}}"&gt;report&lt;/a&gt; from &lt;a href="tg://user?id={{fromId}}"&gt;{{fromName}}&lt;/a&gt; to &lt;a href="tg://user?id={{toId}}"&gt;{{toName}}&lt;/a&gt; #id{{toId}} in chat &lt;a href="{{messageUrl}}"&gt;{{title}}&lt;/a&gt;</t>
+          <t>Report approved!</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t>commands.report.got</t>
+          <t>commands.report.accepted</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr"/>
       <c r="B100" t="inlineStr">
         <is>
-          <t>Рейтинг выдан!</t>
+          <t>Вы уже отправляли репорт на это сообщение!</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>Raiting given!</t>
+          <t>You already reported this message!</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>commands.report.rated</t>
+          <t>commands.report.alreadySent</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr"/>
       <c r="B101" t="inlineStr">
         <is>
-          <t>Репорт отклонён!</t>
+          <t>Сообщение удалено из-за большого количества репортов!</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>Report rejected!</t>
+          <t>The message is deleted by a lot of reports!</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>commands.report.rejected</t>
+          <t>commands.report.deleted</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr"/>
       <c r="B102" t="inlineStr">
         <is>
-          <t>Репорт отправлен!</t>
+          <t>Отправить репорт на сообщение</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>Report sent!</t>
+          <t>Report a message</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>commands.report.sent</t>
+          <t>commands.report.description</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr"/>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Репорт отправлен ({{now}}/{{need}})</t>
+          <t>Получен &lt;a href="{{reportUrl}}"&gt;репорт&lt;/a&gt; от &lt;a href="tg://user?id={{fromId}}"&gt;{{fromName}}&lt;/a&gt; на &lt;a href="tg://user?id={{toId}}"&gt;{{toName}}&lt;/a&gt; #id{{toId}} в чате &lt;a href="{{messageUrl}}"&gt;{{title}}&lt;/a&gt;</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>Report sent! ({{now}}/{{need}})</t>
+          <t>Got &lt;a href="{{reportUrl}}"&gt;report&lt;/a&gt; from &lt;a href="tg://user?id={{fromId}}"&gt;{{fromName}}&lt;/a&gt; to &lt;a href="tg://user?id={{toId}}"&gt;{{toName}}&lt;/a&gt; #id{{toId}} in chat &lt;a href="{{messageUrl}}"&gt;{{title}}&lt;/a&gt;</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>commands.report.sentForDelete</t>
+          <t>commands.report.got</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr"/>
       <c r="B104" t="inlineStr">
         <is>
-          <t>Получить топ репортеров</t>
+          <t>Рейтинг выдан!</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>Gets top of reporters</t>
+          <t>Raiting given!</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>commands.reptop.description</t>
+          <t>commands.report.rated</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr"/>
       <c r="B105" t="inlineStr">
         <is>
-          <t>Топ репортеров:</t>
+          <t>Репорт отклонён!</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>Top of reporters:</t>
+          <t>Report rejected!</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>commands.reptop.reports</t>
+          <t>commands.report.rejected</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr"/>
       <c r="B106" t="inlineStr">
         <is>
-          <t>Топ репутации:</t>
+          <t>Репорт отправлен!</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>Reputation top:</t>
+          <t>Report sent!</t>
         </is>
       </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>commands.reptop.reputation</t>
+          <t>commands.report.sent</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr"/>
       <c r="B107" t="inlineStr">
         <is>
-          <t>Сбрасывает переданный ключ во всех кешах</t>
+          <t>Репорт отправлен ({{now}}/{{need}})</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>Resets the passed key in all caches</t>
+          <t>Report sent! ({{now}}/{{need}})</t>
         </is>
       </c>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>commands.reset.description</t>
+          <t>commands.report.sentForDelete</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr"/>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Отображает топ нарушителей в чате.</t>
+          <t>Получить топ репортеров</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>Displays the top offenders in chat.</t>
+          <t>Gets top of reporters</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>commands.resttop.description</t>
+          <t>commands.reptop.description</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr"/>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Топ нарушителей:</t>
+          <t>Топ репортеров:</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>Top offenders:</t>
+          <t>Top of reporters:</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>commands.resttop.header</t>
+          <t>commands.reptop.reports</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr"/>
       <c r="B110" t="inlineStr">
         <is>
-          <t>Нажмите на кнопку, для открытия настроек!</t>
+          <t>Топ репутации:</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>Click on button to open settings!</t>
+          <t>Reputation top:</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>commands.settings.anonymous</t>
+          <t>commands.reptop.reputation</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr"/>
       <c r="B111" t="inlineStr">
         <is>
-          <t>Открыть настройки чата</t>
+          <t>Сбрасывает переданный ключ во всех кешах</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>Opens chat settings</t>
+          <t>Resets the passed key in all caches</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>commands.settings.description</t>
+          <t>commands.reset.description</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr"/>
       <c r="B112" t="inlineStr">
         <is>
-          <t>Чат не найден!</t>
+          <t>Отображает топ нарушителей в чате.</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>Chat not found!</t>
+          <t>Displays the top offenders in chat.</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>commands.settings.notFound</t>
+          <t>commands.resttop.description</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr"/>
       <c r="B113" t="inlineStr">
         <is>
-          <t>Я не смог отправить настройки, отправьте /start в личные сообщения и попробуйте ещё раз.</t>
+          <t>Топ нарушителей:</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>I couldn't send the settings, send /start in private messages and try again.</t>
+          <t>Top offenders:</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>commands.settings.notSent</t>
+          <t>commands.resttop.header</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr"/>
       <c r="B114" t="inlineStr">
         <is>
-          <t>Недостаточно прав для выполнения данной команды, требуется право на редактирование чата!</t>
+          <t>Нажмите на кнопку, для открытия настроек!</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>Not enough permissions to execute this command, you need permission to edit chat!</t>
+          <t>Click on button to open settings!</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>commands.settings.permission</t>
+          <t>commands.settings.anonymous</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr"/>
       <c r="B115" t="inlineStr">
         <is>
-          <t>Настройки отправлены в личные сообщения!</t>
+          <t>Открыть настройки чата</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>Settings sent in PM!</t>
+          <t>Opens chat settings</t>
         </is>
       </c>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>commands.settings.sent</t>
+          <t>commands.settings.description</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr"/>
       <c r="B116" t="inlineStr">
         <is>
-          <t>У вас есть активные ограничения:</t>
+          <t>Чат не найден!</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>You has active restrictions:</t>
+          <t>Chat not found!</t>
         </is>
       </c>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>commands.start.activeRestrictions</t>
+          <t>commands.settings.notFound</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr"/>
       <c r="B117" t="inlineStr">
         <is>
-          <t>Выводит список активных нарушений во всех чатах</t>
+          <t>Я не смог отправить настройки, отправьте /start в личные сообщения и попробуйте ещё раз.</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>Shows list of active restrictions in all chats</t>
+          <t>I couldn't send the settings, send /start in private messages and try again.</t>
         </is>
       </c>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>commands.start.description</t>
+          <t>commands.settings.notSent</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr"/>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Обо всех моих возможностях можно узнать используя команду /help</t>
+          <t>Недостаточно прав для выполнения данной команды, требуется право на редактирование чата!</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>You can learn about all my capabilities using the /help command</t>
+          <t>Not enough permissions to execute this command, you need permission to edit chat!</t>
         </is>
       </c>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>commands.start.footer</t>
+          <t>commands.settings.permission</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr"/>
       <c r="B119" t="inlineStr">
         <is>
-          <t>Привет! Я Имперский стражник, бот для слежения за порядком в чатах.</t>
+          <t>Настройки отправлены в личные сообщения!</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>Hi! I'm Imperium Guard, moderation bot for chats.</t>
+          <t>Settings sent in PM!</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>commands.start.header</t>
+          <t>commands.settings.sent</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr"/>
       <c r="B120" t="inlineStr">
         <is>
-          <t>Привет! Я — бот-помощник Имперского Стражника, созданный для проверки медиафайлов в чатах, где отсутствует мой основной аккаунт.</t>
+          <t>У вас есть активные ограничения:</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>Hello! I am the Imperium Guard Assistant Bot, designed to check media files in chats where my main account is not present.</t>
+          <t>You has active restrictions:</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>commands.start.media</t>
+          <t>commands.start.activeRestrictions</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr"/>
       <c r="B121" t="inlineStr">
         <is>
-          <t>У вас нет активных ограничений.</t>
+          <t>Выводит список активных нарушений во всех чатах</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>You have no active restrictions.</t>
+          <t>Shows list of active restrictions in all chats</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>commands.start.noActiveRestrictions</t>
+          <t>commands.start.description</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr"/>
       <c r="B122" t="inlineStr">
         <is>
-          <t>Открыт пользователь &lt;a href="tg://user?id={{id}}"&gt;{{name}}&lt;/a&gt;</t>
+          <t>Обо всех моих возможностях можно узнать используя команду /help</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>Opened user &lt;a href="tg://user?id={{id}}"&gt;{{name}}&lt;/a&gt;</t>
+          <t>You can learn about all my capabilities using the /help command</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>commands.start.openUser</t>
+          <t>commands.start.footer</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr"/>
       <c r="B123" t="inlineStr">
         <is>
-          <t>• {{type}} "{{reason}}" до {{end}} в чате "{{title}}"</t>
+          <t>Привет! Я Имперский стражник, бот для слежения за порядком в чатах.</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>• {{type}} "{{reason}}" until {{end}} in chat "{{title}}"</t>
+          <t>Hi! I'm Imperium Guard, moderation bot for chats.</t>
         </is>
       </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>commands.start.restriction</t>
+          <t>commands.start.header</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr"/>
       <c r="B124" t="inlineStr">
         <is>
-          <t>Кеш CAS</t>
+          <t>Привет! Я — бот-помощник Имперского Стражника, созданный для проверки медиафайлов в чатах, где отсутствует мой основной аккаунт.</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>CAS Cache</t>
+          <t>Hello! I am the Imperium Guard Assistant Bot, designed to check media files in chats where my main account is not present.</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>commands.stats.cache.cas</t>
+          <t>commands.start.media</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr"/>
       <c r="B125" t="inlineStr">
         <is>
-          <t>Кеш чатов</t>
+          <t>У вас нет активных ограничений.</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>Chats cache</t>
+          <t>You have no active restrictions.</t>
         </is>
       </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>commands.stats.cache.chats</t>
+          <t>commands.start.noActiveRestrictions</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr"/>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Кеш участников</t>
+          <t>Открыт пользователь &lt;a href="tg://user?id={{id}}"&gt;{{name}}&lt;/a&gt;</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>Members cache</t>
+          <t>Opened user &lt;a href="tg://user?id={{id}}"&gt;{{name}}&lt;/a&gt;</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>commands.stats.cache.members</t>
+          <t>commands.start.openUser</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr"/>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Кеш пользователей</t>
+          <t>• {{type}} "{{reason}}" до {{end}} в чате "{{title}}"</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>Users cache</t>
+          <t>• {{type}} "{{reason}}" until {{end}} in chat "{{title}}"</t>
         </is>
       </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>commands.stats.cache.users</t>
+          <t>commands.start.restriction</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr"/>
       <c r="B128" t="inlineStr">
         <is>
-          <t>Получить техническую статистику</t>
+          <t>Кеш CAS</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>Get technical statistics</t>
+          <t>CAS Cache</t>
         </is>
       </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>commands.stats.description</t>
+          <t>commands.stats.cache.cas</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr"/>
       <c r="B129" t="inlineStr">
         <is>
-          <t>Очередь отправки сообщений</t>
+          <t>Кеш чатов</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>Message sending queue</t>
+          <t>Chats cache</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>commands.stats.queue.messages</t>
+          <t>commands.stats.cache.chats</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr"/>
       <c r="B130" t="inlineStr">
         <is>
-          <t>Очередь событий</t>
+          <t>Кеш участников</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>Update processing queue</t>
+          <t>Members cache</t>
         </is>
       </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>commands.stats.queue.updates</t>
+          <t>commands.stats.cache.members</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr"/>
       <c r="B131" t="inlineStr">
         <is>
-          <t>Аптайм</t>
+          <t>Кеш пользователей</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>Uptime</t>
+          <t>Users cache</t>
         </is>
       </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>commands.stats.uptime</t>
+          <t>commands.stats.cache.users</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr"/>
       <c r="B132" t="inlineStr">
         <is>
-          <t>Поддержка по боту</t>
+          <t>Получить техническую статистику</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>Bot support</t>
+          <t>Get technical statistics</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>commands.support.description</t>
+          <t>commands.stats.description</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr"/>
       <c r="B133" t="inlineStr">
         <is>
-          <t>Информация отправлена в поддержку!</t>
+          <t>Очередь отправки сообщений</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>Info sent to support!</t>
+          <t>Message sending queue</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>commands.support.header</t>
+          <t>commands.stats.queue.messages</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr"/>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Отправка информации о текущем чате технической поддержке</t>
+          <t>Очередь событий</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>Sending information about the current chat to technical support</t>
+          <t>Update processing queue</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>commands.support_chat.description</t>
+          <t>commands.stats.queue.updates</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr"/>
       <c r="B135" t="inlineStr">
         <is>
-          <t>Подтверждаете ли вы передачу информации о текущем чате (настройки и список администраторов) группе технической поддержки бота?</t>
+          <t>Аптайм</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>Do you confirm the transfer of information about the current chat (settings and list of administrators) to the bot's technical support team?</t>
+          <t>Uptime</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>commands.support_chat.header</t>
+          <t>commands.stats.uptime</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr"/>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Отправляет информацию о пользователе технической поддержке</t>
+          <t>Поддержка по боту</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>Sends user information to technical support</t>
+          <t>Bot support</t>
         </is>
       </c>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>commands.support_user.description</t>
+          <t>commands.support.description</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr"/>
       <c r="B137" t="inlineStr">
         <is>
-          <t>Подтверждаете ли вы передачу информации о пользователе группе технической поддержки бота?</t>
+          <t>Информация отправлена в поддержку!</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>Do you confirm the transfer of user information to the bot's technical support team?</t>
+          <t>Info sent to support!</t>
         </is>
       </c>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>commands.support_user.header</t>
+          <t>commands.support.header</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr"/>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Синхронизация завершена!</t>
+          <t>Отправка информации о текущем чате технической поддержке</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>Sync complete!</t>
+          <t>Sending information about the current chat to technical support</t>
         </is>
       </c>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>commands.sync.complete</t>
+          <t>commands.support_chat.description</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr"/>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Синхронизировать модераторов чата</t>
+          <t>Подтверждаете ли вы передачу информации о текущем чате (настройки и список администраторов) группе технической поддержки бота?</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>Sync moders of chat</t>
+          <t>Do you confirm the transfer of information about the current chat (settings and list of administrators) to the bot's technical support team?</t>
         </is>
       </c>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>commands.sync.description</t>
+          <t>commands.support_chat.header</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr"/>
       <c r="B140" t="inlineStr">
         <is>
-          <t>Условия использования</t>
+          <t>Отправляет информацию о пользователе технической поддержке</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>Terms of Use</t>
+          <t>Sends user information to technical support</t>
         </is>
       </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>commands.terms.description</t>
+          <t>commands.support_user.description</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr"/>
       <c r="B141" t="inlineStr">
         <is>
-          <t>Разблокировать пользователя</t>
+          <t>Подтверждаете ли вы передачу информации о пользователе группе технической поддержки бота?</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>Unban user</t>
+          <t>Do you confirm the transfer of user information to the bot's technical support team?</t>
         </is>
       </c>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>commands.unban.description</t>
+          <t>commands.support_user.header</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr"/>
       <c r="B142" t="inlineStr">
         <is>
-          <t>Пользователь не заблокирован!</t>
+          <t>Синхронизация завершена!</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>User not banned!</t>
+          <t>Sync complete!</t>
         </is>
       </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>commands.unban.notFoundRestrictions</t>
+          <t>commands.sync.complete</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr"/>
       <c r="B143" t="inlineStr">
         <is>
-          <t>Пользователь разблокирован!</t>
+          <t>Синхронизировать модераторов чата</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>User unbanned!</t>
+          <t>Sync moders of chat</t>
         </is>
       </c>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>commands.unban.ok</t>
+          <t>commands.sync.description</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr"/>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Размутить пользователя</t>
+          <t>Условия использования</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>Unmute user</t>
+          <t>Terms of Use</t>
         </is>
       </c>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>commands.unmute.description</t>
+          <t>commands.terms.description</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr"/>
       <c r="B145" t="inlineStr">
         <is>
-          <t>Пользователь не замучен!</t>
+          <t>Разблокировать пользователя</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>User not mutted!</t>
+          <t>Unban user</t>
         </is>
       </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>commands.unmute.notFoundRestrictions</t>
+          <t>commands.unban.description</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Пользователь размучен!</t>
+          <t>Пользователь не заблокирован!</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>User unmutted!</t>
+          <t>User not banned!</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>commands.unmute.ok</t>
+          <t>commands.unban.notFoundRestrictions</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t xml:space="preserve">Активная блокировка: </t>
+          <t>Пользователь разблокирован!</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t xml:space="preserve">Active ban: </t>
+          <t>User unbanned!</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>commands.user.activeban</t>
+          <t>commands.unban.ok</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t xml:space="preserve">Активный мут: </t>
+          <t>Размутить пользователя</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t xml:space="preserve">Active mute: </t>
+          <t>Unmute user</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>commands.user.activemute</t>
+          <t>commands.unmute.description</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
+          <t>Пользователь не замучен!</t>
+        </is>
+      </c>
+      <c r="C149" t="inlineStr">
+        <is>
+          <t>User not mutted!</t>
+        </is>
+      </c>
+      <c r="D149" t="inlineStr"/>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F149" t="inlineStr">
+        <is>
+          <t>commands.unmute.notFoundRestrictions</t>
+        </is>
+      </c>
+      <c r="G149" t="inlineStr"/>
+      <c r="H149" t="inlineStr"/>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr"/>
+      <c r="B150" t="inlineStr">
+        <is>
+          <t>Пользователь размучен!</t>
+        </is>
+      </c>
+      <c r="C150" t="inlineStr">
+        <is>
+          <t>User unmutted!</t>
+        </is>
+      </c>
+      <c r="D150" t="inlineStr"/>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F150" t="inlineStr">
+        <is>
+          <t>commands.unmute.ok</t>
+        </is>
+      </c>
+      <c r="G150" t="inlineStr"/>
+      <c r="H150" t="inlineStr"/>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr"/>
+      <c r="B151" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Активная блокировка: </t>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Active ban: </t>
+        </is>
+      </c>
+      <c r="D151" t="inlineStr"/>
+      <c r="E151" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F151" t="inlineStr">
+        <is>
+          <t>commands.user.activeban</t>
+        </is>
+      </c>
+      <c r="G151" t="inlineStr"/>
+      <c r="H151" t="inlineStr"/>
+    </row>
+    <row r="152">
+      <c r="A152" t="inlineStr"/>
+      <c r="B152" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Активный мут: </t>
+        </is>
+      </c>
+      <c r="C152" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Active mute: </t>
+        </is>
+      </c>
+      <c r="D152" t="inlineStr"/>
+      <c r="E152" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F152" t="inlineStr">
+        <is>
+          <t>commands.user.activemute</t>
+        </is>
+      </c>
+      <c r="G152" t="inlineStr"/>
+      <c r="H152" t="inlineStr"/>
+    </row>
+    <row r="153">
+      <c r="A153" t="inlineStr"/>
+      <c r="B153" t="inlineStr">
+        <is>
           <t>Приложение {{uuid}} к ограничению {{id}}
 Автор: {{moder}}
 {{text}}</t>
         </is>
       </c>
-      <c r="C149" t="inlineStr">
+      <c r="C153" t="inlineStr">
         <is>
           <t>Attachment {{uuid}} for restriction {{id}}
 Author: {{moder}}
 {{text}}</t>
         </is>
       </c>
-      <c r="D149" t="inlineStr"/>
-[...102 lines deleted...]
-      </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>commands.user.body.mutes</t>
+          <t>commands.user.attach</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
-          <t>Статус в чате: {{status}}</t>
+          <t>Медиа из приложения {{uuid}}</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>Status in chat: {{status}}</t>
+          <t>Media from attachment {{uuid}}</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>commands.user.body.status</t>
+          <t>commands.user.attachMedia</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
-          <t>Активных предупреждений: {{warns}} Всего предупреждений: {{total_warns}}</t>
+          <t>Приложения</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>Active warns: {{warns}} Total warns: {{total_warns}}</t>
+          <t>Attaches</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>commands.user.body.warns</t>
+          <t>commands.user.attaches</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr"/>
       <c r="B156" t="inlineStr">
         <is>
-          <t>Отменить</t>
+          <t>Активная блокировка: {{bans}} Блокировок всего: {{total_bans}}</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Active ban: {{bans}} Total bans: {{total_bans}}</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>commands.user.cancel</t>
+          <t>commands.user.body.bans</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Ограничение отменено!</t>
+          <t>В чате с {{date}}</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>Restriction cancelled!</t>
+          <t>In chat since {{date}}</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>commands.user.cancelled</t>
+          <t>commands.user.body.join</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Ограничение удалено!</t>
+          <t>Активный мут: {{mutes}} Мутов всего: {{total_mutes}}</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>Restiction deleted!</t>
+          <t>Active mute: {{mutes}} Total mutes: {{total_mutes}}</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>commands.user.deleted</t>
+          <t>commands.user.body.mutes</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>Получить информацию о пользователе</t>
+          <t>Статус в чате: {{status}}</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>Get information about user</t>
+          <t>Status in chat: {{status}}</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>commands.user.description</t>
+          <t>commands.user.body.status</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Редактировать причину</t>
+          <t>Активных предупреждений: {{warns}} Всего предупреждений: {{total_warns}}</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>Edit reason</t>
+          <t>Active warns: {{warns}} Total warns: {{total_warns}}</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>commands.user.edit_reason</t>
+          <t>commands.user.body.warns</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Информация о канале {{title}}:</t>
+          <t>Отменить</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>Information about channel {{title}}:</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>commands.user.header.chat</t>
+          <t>commands.user.cancel</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Информация о пользователе &lt;a href="tg://user?id={{id}}"&gt;{{name}}&lt;/a&gt;:</t>
+          <t>Ограничение отменено!</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>Information about user &lt;a href="tg://user?id={{id}}"&gt;{{name}}&lt;/a&gt;:</t>
+          <t>Restriction cancelled!</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>commands.user.header.user</t>
+          <t>commands.user.cancelled</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Сообщений: {{messages}}</t>
+          <t>Ограничение удалено!</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>Messages: {{messages}}</t>
+          <t>Restiction deleted!</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>commands.user.messages</t>
+          <t>commands.user.deleted</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Нет ограничений</t>
+          <t>Получить информацию о пользователе</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>No restrictions</t>
+          <t>Get information about user</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>commands.user.noRestrictions</t>
+          <t>commands.user.description</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t xml:space="preserve">Репутация: </t>
+          <t>Редактировать причину</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t xml:space="preserve">Reputation: </t>
+          <t>Edit reason</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>commands.user.reputation</t>
+          <t>commands.user.edit_reason</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
+        <is>
+          <t>Информация о канале {{title}}:</t>
+        </is>
+      </c>
+      <c r="C166" t="inlineStr">
+        <is>
+          <t>Information about channel {{title}}:</t>
+        </is>
+      </c>
+      <c r="D166" t="inlineStr"/>
+      <c r="E166" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F166" t="inlineStr">
+        <is>
+          <t>commands.user.header.chat</t>
+        </is>
+      </c>
+      <c r="G166" t="inlineStr"/>
+      <c r="H166" t="inlineStr"/>
+    </row>
+    <row r="167">
+      <c r="A167" t="inlineStr"/>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>Информация о пользователе &lt;a href="tg://user?id={{id}}"&gt;{{name}}&lt;/a&gt;:</t>
+        </is>
+      </c>
+      <c r="C167" t="inlineStr">
+        <is>
+          <t>Information about user &lt;a href="tg://user?id={{id}}"&gt;{{name}}&lt;/a&gt;:</t>
+        </is>
+      </c>
+      <c r="D167" t="inlineStr"/>
+      <c r="E167" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F167" t="inlineStr">
+        <is>
+          <t>commands.user.header.user</t>
+        </is>
+      </c>
+      <c r="G167" t="inlineStr"/>
+      <c r="H167" t="inlineStr"/>
+    </row>
+    <row r="168">
+      <c r="A168" t="inlineStr"/>
+      <c r="B168" t="inlineStr">
+        <is>
+          <t>Сообщений: {{messages}}</t>
+        </is>
+      </c>
+      <c r="C168" t="inlineStr">
+        <is>
+          <t>Messages: {{messages}}</t>
+        </is>
+      </c>
+      <c r="D168" t="inlineStr"/>
+      <c r="E168" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F168" t="inlineStr">
+        <is>
+          <t>commands.user.messages</t>
+        </is>
+      </c>
+      <c r="G168" t="inlineStr"/>
+      <c r="H168" t="inlineStr"/>
+    </row>
+    <row r="169">
+      <c r="A169" t="inlineStr"/>
+      <c r="B169" t="inlineStr">
+        <is>
+          <t>Нет ограничений</t>
+        </is>
+      </c>
+      <c r="C169" t="inlineStr">
+        <is>
+          <t>No restrictions</t>
+        </is>
+      </c>
+      <c r="D169" t="inlineStr"/>
+      <c r="E169" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F169" t="inlineStr">
+        <is>
+          <t>commands.user.noRestrictions</t>
+        </is>
+      </c>
+      <c r="G169" t="inlineStr"/>
+      <c r="H169" t="inlineStr"/>
+    </row>
+    <row r="170">
+      <c r="A170" t="inlineStr"/>
+      <c r="B170" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Репутация: </t>
+        </is>
+      </c>
+      <c r="C170" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Reputation: </t>
+        </is>
+      </c>
+      <c r="D170" t="inlineStr"/>
+      <c r="E170" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F170" t="inlineStr">
+        <is>
+          <t>commands.user.reputation</t>
+        </is>
+      </c>
+      <c r="G170" t="inlineStr"/>
+      <c r="H170" t="inlineStr"/>
+    </row>
+    <row r="171">
+      <c r="A171" t="inlineStr"/>
+      <c r="B171" t="inlineStr">
         <is>
           <t>{{type}} №{{id}} до {{until}}
 Пользователь: {{restricted}}
 Причина: {{reason}}
 Выдан: {{issue_date}}
 Модератор: {{moder}}
 Приложений: {{attaches}}
 {{canceled}}</t>
         </is>
       </c>
-      <c r="C166" t="inlineStr">
+      <c r="C171" t="inlineStr">
         <is>
           <t>{{type}} №{{id}} until {{until}}
 User: {{restricted}}
 Reason: {{reason}}
 Issued: {{issue_date}}
 Moder: {{moder}}
 Attaches: {{attaches}}
 {{canceled}}</t>
         </is>
       </c>
-      <c r="D166" t="inlineStr"/>
-[...128 lines deleted...]
-      </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>commands.user.uncanceled</t>
+          <t>commands.user.restriction</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
-          <t xml:space="preserve">Введите новую причину для ограничения, текущая: </t>
+          <t>Ограничение не найдено!</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t xml:space="preserve">Send new reason for restriction, current: </t>
+          <t>Restiction not found!</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>commands.user.updateReason</t>
+          <t>commands.user.restrictionNotFound</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
-          <t xml:space="preserve">Предупреждений: </t>
+          <t>Показать медиа</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t xml:space="preserve">warns </t>
+          <t>Show media</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>commands.user.warns</t>
+          <t>commands.user.showMedia</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
-          <t>AI-Воркеры:</t>
+          <t>Посмотреть сообщение</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>AI-Workers:</t>
+          <t>Show message</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>commands.user.workers</t>
+          <t>commands.user.showMessage</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
-          <t>Создание текстового репорта для пользователя</t>
+          <t>Восстановить</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>Creating a text report for the user</t>
+          <t>Restore</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>commands.userreport.description</t>
+          <t>commands.user.uncancel</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Я отправил информацию в личные сообщения!</t>
+          <t>Ограничение восстановлено!</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>I've sent the info in private messages!</t>
+          <t>Restriction restored!</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>commands.userreport.sent</t>
+          <t>commands.user.uncanceled</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t>{{moder}} удалил варн {{user}} с причиной "{{reason}}"</t>
+          <t xml:space="preserve">Введите новую причину для ограничения, текущая: </t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>{{moder}} removed {{user}}'s warn with the reason "{{reason}}"</t>
+          <t xml:space="preserve">Send new reason for restriction, current: </t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>commands.warn.cancel</t>
+          <t>commands.user.updateReason</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
-          <t>Выдать предупреждение пользователю</t>
+          <t xml:space="preserve">Предупреждений: </t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>Warns user</t>
+          <t xml:space="preserve">warns </t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>commands.warn.description</t>
+          <t>commands.user.warns</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
-          <t>Нельзя выдать предупреждение другому администратору!</t>
+          <t>AI-Воркеры:</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>You cannot give warn to other admin!</t>
+          <t>AI-Workers:</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>commands.warn.onlyUsers</t>
+          <t>commands.user.workers</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
-          <t>null</t>
+          <t>Создание текстового репорта для пользователя</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>ru</t>
+          <t>Creating a text report for the user</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>extends</t>
+          <t>commands.userreport.description</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Создать</t>
+          <t>Я отправил информацию в личные сообщения!</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>Create</t>
+          <t>I've sent the info in private messages!</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>general.Create</t>
+          <t>commands.userreport.sent</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Удалять</t>
+          <t>{{moder}} удалил варн {{user}} с причиной "{{reason}}"</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>Delete</t>
+          <t>{{moder}} removed {{user}}'s warn with the reason "{{reason}}"</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>general.Delete</t>
+          <t>commands.warn.cancel</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
-          <t>Отключить</t>
+          <t>Выдать предупреждение пользователю</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>Disable</t>
+          <t>Warns user</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>general.Disable</t>
+          <t>commands.warn.description</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Редактировать</t>
+          <t>Нельзя выдать предупреждение другому администратору!</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>You cannot give warn to other admin!</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>general.Edit</t>
+          <t>commands.warn.onlyUsers</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr"/>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Включить</t>
+          <t>null</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>Enable</t>
+          <t>ru</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>general.Enable</t>
+          <t>extends</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr"/>
       <c r="B186" t="inlineStr">
         <is>
-          <t>Навсегда</t>
+          <t>Создать</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>Forever</t>
+          <t>Create</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>general.Forever</t>
+          <t>general.Create</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr"/>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Никогда</t>
+          <t>Удалять</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>Never</t>
+          <t>Delete</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>general.Never</t>
+          <t>general.Delete</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr"/>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Триггер</t>
+          <t>Отключить</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>Trigger</t>
+          <t>Disable</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>general.Trigger</t>
+          <t>general.Disable</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr"/>
       <c r="B189" t="inlineStr">
         <is>
-          <t>Добавить</t>
+          <t>Редактировать</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>Add</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>general.add</t>
+          <t>general.Edit</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr"/>
       <c r="B190" t="inlineStr">
         <is>
-          <t>Все</t>
+          <t>Включить</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>All</t>
+          <t>Enable</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>general.all</t>
+          <t>general.Enable</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr"/>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Автомодерация</t>
+          <t>Навсегда</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>Automoderation</t>
+          <t>Forever</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>general.automoderation</t>
+          <t>general.Forever</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr"/>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Назад</t>
+          <t>Никогда</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Never</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>general.back</t>
+          <t>general.Never</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr"/>
       <c r="B193" t="inlineStr">
         <is>
-          <t>блокировка</t>
+          <t>Триггер</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>ban</t>
+          <t>Trigger</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>general.ban</t>
+          <t>general.Trigger</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
-          <t>блокировки</t>
+          <t>Добавить</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>bans</t>
+          <t>Add</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>general.ban_few</t>
+          <t>general.add</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>блокировок</t>
+          <t>Все</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>bans</t>
+          <t>All</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>general.ban_many</t>
+          <t>general.all</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
-          <t>блокировок</t>
+          <t>Автомодерация</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>bans</t>
+          <t>Automoderation</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>general.ban_zero</t>
+          <t>general.automoderation</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr"/>
       <c r="B197" t="inlineStr">
         <is>
+          <t>Назад</t>
+        </is>
+      </c>
+      <c r="C197" t="inlineStr">
+        <is>
+          <t>Back</t>
+        </is>
+      </c>
+      <c r="D197" t="inlineStr"/>
+      <c r="E197" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F197" t="inlineStr">
+        <is>
+          <t>general.back</t>
+        </is>
+      </c>
+      <c r="G197" t="inlineStr"/>
+      <c r="H197" t="inlineStr"/>
+    </row>
+    <row r="198">
+      <c r="A198" t="inlineStr"/>
+      <c r="B198" t="inlineStr">
+        <is>
+          <t>блокировка</t>
+        </is>
+      </c>
+      <c r="C198" t="inlineStr">
+        <is>
+          <t>ban</t>
+        </is>
+      </c>
+      <c r="D198" t="inlineStr"/>
+      <c r="E198" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F198" t="inlineStr">
+        <is>
+          <t>general.ban</t>
+        </is>
+      </c>
+      <c r="G198" t="inlineStr"/>
+      <c r="H198" t="inlineStr"/>
+    </row>
+    <row r="199">
+      <c r="A199" t="inlineStr"/>
+      <c r="B199" t="inlineStr">
+        <is>
+          <t>блокировки</t>
+        </is>
+      </c>
+      <c r="C199" t="inlineStr">
+        <is>
+          <t>bans</t>
+        </is>
+      </c>
+      <c r="D199" t="inlineStr"/>
+      <c r="E199" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F199" t="inlineStr">
+        <is>
+          <t>general.ban_few</t>
+        </is>
+      </c>
+      <c r="G199" t="inlineStr"/>
+      <c r="H199" t="inlineStr"/>
+    </row>
+    <row r="200">
+      <c r="A200" t="inlineStr"/>
+      <c r="B200" t="inlineStr">
+        <is>
+          <t>блокировок</t>
+        </is>
+      </c>
+      <c r="C200" t="inlineStr">
+        <is>
+          <t>bans</t>
+        </is>
+      </c>
+      <c r="D200" t="inlineStr"/>
+      <c r="E200" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F200" t="inlineStr">
+        <is>
+          <t>general.ban_many</t>
+        </is>
+      </c>
+      <c r="G200" t="inlineStr"/>
+      <c r="H200" t="inlineStr"/>
+    </row>
+    <row r="201">
+      <c r="A201" t="inlineStr"/>
+      <c r="B201" t="inlineStr">
+        <is>
+          <t>блокировок</t>
+        </is>
+      </c>
+      <c r="C201" t="inlineStr">
+        <is>
+          <t>bans</t>
+        </is>
+      </c>
+      <c r="D201" t="inlineStr"/>
+      <c r="E201" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F201" t="inlineStr">
+        <is>
+          <t>general.ban_zero</t>
+        </is>
+      </c>
+      <c r="G201" t="inlineStr"/>
+      <c r="H201" t="inlineStr"/>
+    </row>
+    <row r="202">
+      <c r="A202" t="inlineStr"/>
+      <c r="B202" t="inlineStr">
+        <is>
           <t>Имперский бот для модерации.
 Разработка и поддержка: @sleeplesscode
 Канал: @imperium_guard</t>
         </is>
       </c>
-      <c r="C197" t="inlineStr">
+      <c r="C202" t="inlineStr">
         <is>
           <t>Imperium bot for moderation.
 Development and support: @sleeplesscode
 News channel: @imperium_guard</t>
         </is>
       </c>
-      <c r="D197" t="inlineStr"/>
-[...128 lines deleted...]
-      </c>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>general.captcha.null</t>
+          <t>general.bot.description</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr"/>
       <c r="B203" t="inlineStr">
         <is>
-          <t>администратор</t>
+          <t>Имперский стражник</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>administrator</t>
+          <t>Imperium Guard</t>
         </is>
       </c>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>general.chatMemberStatus.administrator</t>
+          <t>general.bot.name</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr"/>
       <c r="B204" t="inlineStr">
         <is>
-          <t>владелец чата</t>
+          <t>отменено</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>creator</t>
+          <t>cancelled</t>
         </is>
       </c>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>general.chatMemberStatus.creator</t>
+          <t>general.canceled</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr"/>
       <c r="B205" t="inlineStr">
         <is>
-          <t>исключён из чата</t>
+          <t>Согласие</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>kicked</t>
+          <t>Agreed</t>
         </is>
       </c>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>general.chatMemberStatus.kicked</t>
+          <t>general.captcha.agree</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr"/>
       <c r="B206" t="inlineStr">
         <is>
-          <t>не в чате</t>
+          <t>Эмозди-кнопки</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>left</t>
+          <t>Emoji buttons</t>
         </is>
       </c>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>general.chatMemberStatus.left</t>
+          <t>general.captcha.emoji</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr"/>
       <c r="B207" t="inlineStr">
         <is>
-          <t>участник чата</t>
+          <t>Отключена</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>member</t>
+          <t>Disabled</t>
         </is>
       </c>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>general.chatMemberStatus.member</t>
+          <t>general.captcha.null</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr"/>
       <c r="B208" t="inlineStr">
         <is>
-          <t>неизвестно</t>
+          <t>администратор</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>unknown</t>
+          <t>administrator</t>
         </is>
       </c>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>general.chatMemberStatus.null</t>
+          <t>general.chatMemberStatus.administrator</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr"/>
       <c r="B209" t="inlineStr">
         <is>
-          <t>ограниченный</t>
+          <t>владелец чата</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>restricted</t>
+          <t>creator</t>
         </is>
       </c>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>general.chatMemberStatus.restricted</t>
+          <t>general.chatMemberStatus.creator</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr"/>
       <c r="B210" t="inlineStr">
         <is>
-          <t>Закрыть</t>
+          <t>исключён из чата</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>kicked</t>
         </is>
       </c>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>general.close</t>
+          <t>general.chatMemberStatus.kicked</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr"/>
       <c r="B211" t="inlineStr">
         <is>
-          <t>Команда</t>
+          <t>не в чате</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>Command</t>
+          <t>left</t>
         </is>
       </c>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>general.command</t>
+          <t>general.chatMemberStatus.left</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr"/>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Для модераторов чата</t>
+          <t>участник чата</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>Only for chat moders</t>
+          <t>member</t>
         </is>
       </c>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>general.commandRestriction.administrator</t>
+          <t>general.chatMemberStatus.member</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr"/>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Только для владельца чата</t>
+          <t>неизвестно</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>Only for chat owner</t>
+          <t>unknown</t>
         </is>
       </c>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>general.commandRestriction.creator</t>
+          <t>general.chatMemberStatus.null</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr"/>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Для групп с приоритетом меньше или равным</t>
+          <t>ограниченный</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>Only for groups with priority less or equal</t>
+          <t>restricted</t>
         </is>
       </c>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>general.commandRestriction.group</t>
+          <t>general.chatMemberStatus.restricted</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr"/>
       <c r="B215" t="inlineStr">
         <is>
-          <t>Отключена для всех</t>
+          <t>Закрыть</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>Disabled for everyone</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>general.commandRestriction.none</t>
+          <t>general.close</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr"/>
       <c r="B216" t="inlineStr">
         <is>
-          <t>Согласен</t>
+          <t>Команда</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Command</t>
         </is>
       </c>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>general.confirm</t>
+          <t>general.command</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr"/>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Удалить</t>
+          <t>Для модераторов чата</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>Delete</t>
+          <t>Only for chat moders</t>
         </is>
       </c>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>general.delete</t>
+          <t>general.commandRestriction.administrator</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr"/>
       <c r="B218" t="inlineStr">
         <is>
-          <t>выключено</t>
+          <t>Только для владельца чата</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>disabled</t>
+          <t>Only for chat owner</t>
         </is>
       </c>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>general.disabled</t>
+          <t>general.commandRestriction.creator</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr"/>
       <c r="B219" t="inlineStr">
         <is>
-          <t>Редактировать</t>
+          <t>Для групп с приоритетом меньше или равным</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Only for groups with priority less or equal</t>
         </is>
       </c>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>general.edit</t>
+          <t>general.commandRestriction.group</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr"/>
       <c r="B220" t="inlineStr">
         <is>
-          <t>включено</t>
+          <t>Отключена для всех</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>enabled</t>
+          <t>Disabled for everyone</t>
         </is>
       </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>general.enabled</t>
+          <t>general.commandRestriction.none</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr"/>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Чат не найден!</t>
+          <t>Согласен</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>Chat not found!</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>general.errors.chatNotFound</t>
+          <t>general.confirm</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr"/>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Вы делаете слишком много запросов, подождите {{seconds}} секунд!</t>
+          <t>Удалить</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>You made too many requests, wait {{seconds}} seconds!</t>
+          <t>Delete</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>general.errors.cooldown</t>
+          <t>general.delete</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr"/>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Данная команда работает только в супер-группах!</t>
+          <t>выключено</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>This command only works in supergroups!</t>
+          <t>disabled</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>general.errors.notAvaliable</t>
+          <t>general.disabled</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr"/>
       <c r="B224" t="inlineStr">
         <is>
-          <t>У меня недостаточно прав для данного действия!</t>
+          <t>Редактировать</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>I don't have enough rights for this action!</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>general.errors.notEnoughRights</t>
+          <t>general.edit</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr"/>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Я не смог написать в личные сообщения, отправьте команду /start мне в личные сообщения.</t>
+          <t>включено</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>I couldn't write in private messages, send the command /start to me in private messages.</t>
+          <t>enabled</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>general.errors.pmlock</t>
+          <t>general.enabled</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr"/>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Вы указали меня в качестве пользователя, проверьте корректность действия.</t>
+          <t>Чат не найден!</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>You have specified me as a user; please verify that this is correct.</t>
+          <t>Chat not found!</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>general.errors.selfInteract</t>
+          <t>general.errors.chatNotFound</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr"/>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Из-за ограничений Telegram, сообщение не может быть отправлено!</t>
+          <t>Вы делаете слишком много запросов, подождите {{seconds}} секунд!</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>Due to Telegram restrictions, the message cannot be sent!</t>
+          <t>You made too many requests, wait {{seconds}} seconds!</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>general.errors.telegramRestrictedSending</t>
+          <t>general.errors.cooldown</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr"/>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Подтверждён командой модерации</t>
+          <t>Данная команда работает только в супер-группах!</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>Confirmed by the moderation team</t>
+          <t>This command only works in supergroups!</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>general.fileStatus.approved</t>
+          <t>general.errors.notAvaliable</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr"/>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Проверен с помощью ИИ</t>
+          <t>У меня недостаточно прав для данного действия!</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>Checked using AI</t>
+          <t>I don't have enough rights for this action!</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>general.fileStatus.automated</t>
+          <t>general.errors.notEnoughRights</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr"/>
       <c r="B230" t="inlineStr">
         <is>
-          <t>На обучении командой модерации</t>
+          <t>Я не смог написать в личные сообщения, отправьте команду /start мне в личные сообщения.</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>Training by the moderation team</t>
+          <t>I couldn't write in private messages, send the command /start to me in private messages.</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>general.fileStatus.denied</t>
+          <t>general.errors.pmlock</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr"/>
       <c r="B231" t="inlineStr">
         <is>
-          <t>В обработке</t>
+          <t>Вы указали меня в качестве пользователя, проверьте корректность действия.</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>In processing</t>
+          <t>You have specified me as a user; please verify that this is correct.</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>general.fileStatus.processing</t>
+          <t>general.errors.selfInteract</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr"/>
       <c r="B232" t="inlineStr">
         <is>
-          <t>вечно</t>
+          <t>Из-за ограничений Telegram, сообщение не может быть отправлено!</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>infinity</t>
+          <t>Due to Telegram restrictions, the message cannot be sent!</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>general.infinity</t>
+          <t>general.errors.telegramRestrictedSending</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr"/>
       <c r="B233" t="inlineStr">
         <is>
-          <t>мес</t>
+          <t>Подтверждён командой модерации</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>mon</t>
+          <t>Confirmed by the moderation team</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>general.intervals.M</t>
+          <t>general.fileStatus.approved</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr"/>
       <c r="B234" t="inlineStr">
         <is>
-          <t>дн</t>
+          <t>Проверен с помощью ИИ</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>day</t>
+          <t>Checked using AI</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>general.intervals.d</t>
+          <t>general.fileStatus.automated</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr"/>
       <c r="B235" t="inlineStr">
         <is>
-          <t>час</t>
+          <t>На обучении командой модерации</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>hr</t>
+          <t>Training by the moderation team</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>general.intervals.h</t>
+          <t>general.fileStatus.denied</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr"/>
       <c r="B236" t="inlineStr">
         <is>
-          <t>мин</t>
+          <t>В обработке</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>min</t>
+          <t>In processing</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>general.intervals.m</t>
+          <t>general.fileStatus.processing</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr"/>
       <c r="B237" t="inlineStr">
         <is>
-          <t>год</t>
+          <t>вечно</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>year</t>
+          <t>infinity</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>general.intervals.y</t>
+          <t>general.infinity</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr"/>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Заблокировать</t>
+          <t>мес</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>Ban</t>
+          <t>mon</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>general.modRule.ban</t>
+          <t>general.intervals.M</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr"/>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Удалить сообщение</t>
+          <t>дн</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>Delete message</t>
+          <t>day</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>general.modRule.delete</t>
+          <t>general.intervals.d</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr"/>
       <c r="B240" t="inlineStr">
         <is>
-          <t>Игнорировать</t>
+          <t>час</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>Ignore</t>
+          <t>hr</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>general.modRule.ignore</t>
+          <t>general.intervals.h</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr"/>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Исключить</t>
+          <t>мин</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>Kick</t>
+          <t>min</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>general.modRule.kick</t>
+          <t>general.intervals.m</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr"/>
       <c r="B242" t="inlineStr">
         <is>
-          <t>Отправить сообщение</t>
+          <t>год</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>Send message</t>
+          <t>year</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>general.modRule.message</t>
+          <t>general.intervals.y</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr"/>
       <c r="B243" t="inlineStr">
         <is>
-          <t>Замутить</t>
+          <t>Ссылки</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>Mute</t>
+          <t>Links</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>general.modRule.mute</t>
+          <t>general.links</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr"/>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Уведомить</t>
+          <t>Заблокировать</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>Notify</t>
+          <t>Ban</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>general.modRule.notify</t>
+          <t>general.modRule.ban</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr"/>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Не установлено</t>
+          <t>Удалить сообщение</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>Delete message</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>general.modRule.null</t>
+          <t>general.modRule.delete</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr"/>
       <c r="B246" t="inlineStr">
         <is>
-          <t>Изменить репутацию</t>
+          <t>Игнорировать</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>Change reputation</t>
+          <t>Ignore</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>general.modRule.reputation</t>
+          <t>general.modRule.ignore</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr"/>
       <c r="B247" t="inlineStr">
         <is>
-          <t>Не указано</t>
+          <t>Исключить</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>Kick</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>general.modRule.undefined</t>
+          <t>general.modRule.kick</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr"/>
       <c r="B248" t="inlineStr">
         <is>
-          <t>Удалять с предупреждением</t>
+          <t>Отправить сообщение</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>Delete with warn</t>
+          <t>Send message</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>general.modRule.warn</t>
+          <t>general.modRule.message</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr"/>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Очистка удалённых аккаунтов</t>
+          <t>Замутить</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>Clearing of deleted accounts</t>
+          <t>Mute</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>general.nativeTask.name.clear_deleted</t>
+          <t>general.modRule.mute</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr"/>
       <c r="B250" t="inlineStr">
         <is>
-          <t>В очереди</t>
+          <t>Уведомить</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>In queue</t>
+          <t>Notify</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>general.nativeTask.status.0</t>
+          <t>general.modRule.notify</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr"/>
       <c r="B251" t="inlineStr">
         <is>
-          <t>В работе</t>
+          <t>Не установлено</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>In progress</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>general.nativeTask.status.1</t>
+          <t>general.modRule.null</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr"/>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Завершено</t>
+          <t>Изменить репутацию</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>Done</t>
+          <t>Change reputation</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>general.nativeTask.status.2</t>
+          <t>general.modRule.reputation</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr"/>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Ошибка</t>
+          <t>Не указано</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>Errored</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>general.nativeTask.status.3</t>
+          <t>general.modRule.undefined</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr"/>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Отменено</t>
+          <t>Удалять с предупреждением</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>Canceled</t>
+          <t>Delete with warn</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>general.nativeTask.status.4</t>
+          <t>general.modRule.warn</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr"/>
       <c r="B255" t="inlineStr">
         <is>
-          <t>не установлено</t>
+          <t>Очистка удалённых аккаунтов</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>not set</t>
+          <t>Clearing of deleted accounts</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>general.notSet</t>
+          <t>general.nativeTask.name.clear_deleted</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr"/>
       <c r="B256" t="inlineStr">
         <is>
-          <t>не привязан</t>
+          <t>В очереди</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>not linked</t>
+          <t>In queue</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>general.notlinked</t>
+          <t>general.nativeTask.status.0</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr"/>
       <c r="B257" t="inlineStr">
         <is>
-          <t>Удаление сообщений</t>
+          <t>В работе</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>Delete messages</t>
+          <t>In progress</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>general.permissions.delete_messages</t>
+          <t>general.nativeTask.status.1</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr"/>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Управление наказаниями</t>
+          <t>Завершено</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>Manage restrictions</t>
+          <t>Done</t>
         </is>
       </c>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>general.permissions.manage_restrictions</t>
+          <t>general.nativeTask.status.2</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr"/>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Удаление ограничений</t>
+          <t>Ошибка</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Removing restrictions</t>
+          <t>Errored</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>general.permissions.remove_restrictions</t>
+          <t>general.nativeTask.status.3</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr"/>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Управление репортами</t>
+          <t>Отменено</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Manage reports</t>
+          <t>Canceled</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>general.permissions.reports</t>
+          <t>general.nativeTask.status.4</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr"/>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Выдача блокировок</t>
+          <t>не установлено</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>Issuing bans</t>
+          <t>not set</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>general.permissions.restrict_ban</t>
+          <t>general.notSet</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr"/>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Выдача мутов</t>
+          <t>не привязан</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>Issuing mutes</t>
+          <t>not linked</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>general.permissions.restrict_mute</t>
+          <t>general.notlinked</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr"/>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Выдача предупреждений</t>
+          <t>Удаление сообщений</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>Issuing warns</t>
+          <t>Delete messages</t>
         </is>
       </c>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>general.permissions.restrict_warn</t>
+          <t>general.permissions.delete_messages</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr"/>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Изменение настроек чата</t>
+          <t>Управление наказаниями</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Manage chat settings</t>
+          <t>Manage restrictions</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>general.permissions.settings</t>
+          <t>general.permissions.manage_restrictions</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr"/>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Недостаточно прав для выполнения данной команды!</t>
+          <t>Удаление ограничений</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>Insufficient rights to execute this command!</t>
+          <t>Removing restrictions</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>general.restricted</t>
+          <t>general.permissions.remove_restrictions</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr"/>
       <c r="B266" t="inlineStr">
         <is>
-          <t>блокировка</t>
+          <t>Управление репортами</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>ban</t>
+          <t>Manage reports</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>general.restrictionType.ban</t>
+          <t>general.permissions.reports</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr"/>
       <c r="B267" t="inlineStr">
         <is>
-          <t>мут</t>
+          <t>Выдача блокировок</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>mute</t>
+          <t>Issuing bans</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>general.restrictionType.mute</t>
+          <t>general.permissions.restrict_ban</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr"/>
       <c r="B268" t="inlineStr">
         <is>
-          <t>заметка</t>
+          <t>Выдача мутов</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>note</t>
+          <t>Issuing mutes</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>general.restrictionType.note</t>
+          <t>general.permissions.restrict_mute</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr"/>
       <c r="B269" t="inlineStr">
         <is>
-          <t>предупреждение</t>
+          <t>Выдача предупреждений</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>warn</t>
+          <t>Issuing warns</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>general.restrictionType.warn</t>
+          <t>general.permissions.restrict_warn</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr"/>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Административная команда</t>
+          <t>Изменение настроек чата</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Administration command</t>
+          <t>Manage chat settings</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>general.restrictions.adminCommand</t>
+          <t>general.permissions.settings</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr"/>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Удалить и сообщить об ошибке</t>
+          <t>Недостаточно прав для выполнения данной команды!</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Delete and report error</t>
+          <t>Insufficient rights to execute this command!</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>general.restrictions.aiReport</t>
+          <t>general.restricted</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr"/>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Автомодерация</t>
+          <t>блокировка</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>Automoderation</t>
+          <t>ban</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>general.restrictions.automod</t>
+          <t>general.restrictionType.ban</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr"/>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Модератор {{user}} заблокировал пользователя {{restricted}}</t>
+          <t>мут</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>Moderator {{user}} banned user {{restricted}}</t>
+          <t>mute</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>general.restrictions.ban</t>
+          <t>general.restrictionType.mute</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr"/>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Модератор {{user}} запретил владельцу канала {{restricted}} отправлять сообщения анонимно</t>
+          <t>заметка</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>Moderator {{user}} has banned channel owner {{restricted}} from posting anonymously</t>
+          <t>note</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>general.restrictions.banChannel</t>
+          <t>general.restrictionType.note</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr"/>
       <c r="B275" t="inlineStr">
         <is>
-          <t>У меня недостаточно прав для выполнения этого действия, убедитесь что выдали мне права администратора в чате.</t>
+          <t>предупреждение</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>I don't have enough permissions to perform this action, make sure you give me admin rights in chat.</t>
+          <t>warn</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>general.restrictions.chatAdminRequired</t>
+          <t>general.restrictionType.warn</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr"/>
       <c r="B276" t="inlineStr">
         <is>
-          <t>на {{duration}}</t>
+          <t>Административная команда</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>for {{duration}}</t>
+          <t>Administration command</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>general.restrictions.duration</t>
+          <t>general.restrictions.adminCommand</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr"/>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Модератор {{user}} выгнал пользователя {{restricted}}</t>
+          <t>Удалить и сообщить об ошибке</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>Moderator {{user}} kicked user {{restricted}}</t>
+          <t>Delete and report error</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>general.restrictions.kick</t>
+          <t>general.restrictions.aiReport</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr"/>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Модератор {{user}} замутил пользователя {{restricted}}</t>
+          <t>Автомодерация</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Moderator {{user}} muted user {{restricted}}</t>
+          <t>Automoderation</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>general.restrictions.mute</t>
+          <t>general.restrictions.automod</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr"/>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Заметка для {{restricted}} с текстом "{{reason}}" создана</t>
+          <t>Модератор {{user}} заблокировал пользователя {{restricted}}</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Note for {{restricted}} with text "{{reason}}" created</t>
+          <t>Moderator {{user}} banned user {{restricted}}</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>general.restrictions.note</t>
+          <t>general.restrictions.ban</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr"/>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Не удалось выдать блокировку на уровне Telegram API, информация о блокировке сохранена в карточке пользователя.</t>
+          <t>Модератор {{user}} запретил владельцу канала {{restricted}} отправлять сообщения анонимно</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Failed to issue a ban at the Telegram API level, the blocking information is saved in the user card.</t>
+          <t>Moderator {{user}} has banned channel owner {{restricted}} from posting anonymously</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>general.restrictions.participantId</t>
+          <t>general.restrictions.banChannel</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr"/>
       <c r="B281" t="inlineStr">
         <is>
-          <t>по причине "{{reason}}"</t>
+          <t>У меня недостаточно прав для выполнения этого действия, убедитесь что выдали мне права администратора в чате.</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>with reason "{{reason}}"</t>
+          <t>I don't have enough permissions to perform this action, make sure you give me admin rights in chat.</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>general.restrictions.reason</t>
+          <t>general.restrictions.chatAdminRequired</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr"/>
       <c r="B282" t="inlineStr">
         <is>
-          <t>Модератор {{user}} выдал предупреждение пользователю {{restricted}}</t>
+          <t>на {{duration}}</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>Moderator {{user}} warned user {{restricted}}</t>
+          <t>for {{duration}}</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>general.restrictions.warn</t>
+          <t>general.restrictions.duration</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr"/>
       <c r="B283" t="inlineStr">
         <is>
-          <t>лимит варнов</t>
+          <t>Модератор {{user}} выгнал пользователя {{restricted}}</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>warns limit</t>
+          <t>Moderator {{user}} kicked user {{restricted}}</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>general.restrictions.warnsLimit</t>
+          <t>general.restrictions.kick</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr"/>
       <c r="B284" t="inlineStr">
         <is>
-          <t>сохранить</t>
+          <t>Модератор {{user}} замутил пользователя {{restricted}}</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>save</t>
+          <t>Moderator {{user}} muted user {{restricted}}</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>general.save</t>
+          <t>general.restrictions.mute</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr"/>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Администраторы</t>
+          <t>Заметка для {{restricted}} с текстом "{{reason}}" создана</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>Administrators</t>
+          <t>Note for {{restricted}} with text "{{reason}}" created</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>general.selector.admins</t>
+          <t>general.restrictions.note</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr"/>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Все участники</t>
+          <t>Не удалось выдать блокировку на уровне Telegram API, информация о блокировке сохранена в карточке пользователя.</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>All users</t>
+          <t>Failed to issue a ban at the Telegram API level, the blocking information is saved in the user card.</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>general.selector.all</t>
+          <t>general.restrictions.participantId</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr"/>
       <c r="B287" t="inlineStr">
         <is>
-          <t>Отключены</t>
+          <t>по причине "{{reason}}"</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>Disabled</t>
+          <t>with reason "{{reason}}"</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>general.selector.disabled</t>
+          <t>general.restrictions.reason</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr"/>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Владелец</t>
+          <t>Модератор {{user}} выдал предупреждение пользователю {{restricted}}</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>Creator</t>
+          <t>Moderator {{user}} warned user {{restricted}}</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>general.selector.owner</t>
+          <t>general.restrictions.warn</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr"/>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Не установлено</t>
+          <t>лимит варнов</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>warns limit</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>general.selector.undefined</t>
+          <t>general.restrictions.warnsLimit</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr"/>
       <c r="B290" t="inlineStr">
         <is>
-          <t>установлено</t>
+          <t>сохранить</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>set</t>
+          <t>save</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>general.set</t>
+          <t>general.save</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr"/>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Аудит</t>
+          <t>Администраторы</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Audit</t>
+          <t>Administrators</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>general.settings.audit</t>
+          <t>general.selector.admins</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr"/>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Реакция на CAS-блокировку</t>
+          <t>Все участники</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Reaction on CAS-ban</t>
+          <t>All users</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>general.settings.automod.cas.name</t>
+          <t>general.selector.all</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr"/>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Модерация контактов</t>
+          <t>Отключены</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Contacts moderation</t>
+          <t>Disabled</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>general.settings.automod.contacts.name</t>
+          <t>general.selector.disabled</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr"/>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Удаление стикеров</t>
+          <t>Владелец</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>Sticker deletion</t>
+          <t>Creator</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>general.settings.automod.delStickers.name</t>
+          <t>general.selector.owner</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr"/>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Удалять прочие команды</t>
+          <t>Не установлено</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>Delete others commands</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>general.settings.automod.deleteCommands.name</t>
+          <t>general.selector.undefined</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr"/>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Модерация флуда</t>
+          <t>установлено</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>Flood moderation</t>
+          <t>set</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>general.settings.automod.flood.name</t>
+          <t>general.set</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr"/>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Модерация игр</t>
+          <t>Аудит</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Games moderation</t>
+          <t>Audit</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>general.settings.automod.games.name</t>
+          <t>general.settings.audit</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr"/>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Реакция на GAS-блокировку</t>
+          <t>Реакция на CAS-блокировку</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Reaction on GAS-ban</t>
+          <t>Reaction on CAS-ban</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>general.settings.automod.gas.name</t>
+          <t>general.settings.automod.cas.name</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr"/>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Настройки автоматической модерации в чате {{title}}</t>
+          <t>Модерация контактов</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>Automatic moderation settings in chat {{title}}</t>
+          <t>Contacts moderation</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>general.settings.automod.header</t>
+          <t>general.settings.automod.contacts.name</t>
         </is>
       </c>
       <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr"/>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Скрытная работа триггеров</t>
+          <t>Удаление стикеров</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>Silent mode of triggers</t>
+          <t>Sticker deletion</t>
         </is>
       </c>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>general.settings.automod.hideTriggerMessage.name</t>
+          <t>general.settings.automod.delStickers.name</t>
         </is>
       </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr"/>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Модерация локаций</t>
+          <t>Удалять прочие команды</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Location moderation</t>
+          <t>Delete others commands</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>general.settings.automod.location.name</t>
+          <t>general.settings.automod.deleteCommands.name</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr"/>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Отправьте процент нарушающих стикеров в паке или выберите непосредственную отправку нарушения.</t>
+          <t>Модерация флуда</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Sent percent of unacceptable stickers in stickerpack or click on button to restrict when unacceptable sticker is sent.</t>
+          <t>Flood moderation</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaCheck.detection</t>
+          <t>general.settings.automod.flood.name</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr"/>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Отправьте длительность наказания в виде интервала</t>
+          <t>Модерация игр</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Sent duration of restriction in interval format</t>
+          <t>Games moderation</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaCheck.duration</t>
+          <t>general.settings.automod.games.name</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr"/>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Проверка медиа</t>
+          <t>Реакция на GAS-блокировку</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Media checking</t>
+          <t>Reaction on GAS-ban</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaCheck.name</t>
+          <t>general.settings.automod.gas.name</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr"/>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Выберите наказание для пользователя</t>
+          <t>Настройки автоматической модерации в чате {{title}}</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Select user restriction</t>
+          <t>Automatic moderation settings in chat {{title}}</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaCheck.punishment</t>
+          <t>general.settings.automod.header</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr"/>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Отправка запрещённого материала</t>
+          <t>Скрытная работа триггеров</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Unacceptable media sent</t>
+          <t>Silent mode of triggers</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaCheck.sent</t>
+          <t>general.settings.automod.hideTriggerMessage.name</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr"/>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Максимальное количество медиа в ряд</t>
+          <t>Фильтр ссылок</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Maximum number of media in row</t>
+          <t>Links white list</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaSpamCheck.count.name</t>
+          <t>general.settings.automod.linksList.name</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr"/>
       <c r="B308" t="inlineStr">
         <is>
-          <t>Длительность наказания за спам медиа</t>
+          <t>Модерация локаций</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Duration of punishment for media spam</t>
+          <t>Location moderation</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaSpamCheck.duration.name</t>
+          <t>general.settings.automod.location.name</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr"/>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Интервал проверки медиа спама</t>
+          <t>Отправьте процент нарушающих стикеров в паке или выберите непосредственную отправку нарушения.</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Media spam check interval</t>
+          <t>Sent percent of unacceptable stickers in stickerpack or click on button to restrict when unacceptable sticker is sent.</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaSpamCheck.interval.name</t>
+          <t>general.settings.automod.mediaCheck.detection</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr"/>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Наказание за спам медиа</t>
+          <t>Отправьте длительность наказания в виде интервала</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Punishment for media spam</t>
+          <t>Sent duration of restriction in interval format</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaSpamCheck.punishment.name</t>
+          <t>general.settings.automod.mediaCheck.duration</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr"/>
       <c r="B311" t="inlineStr">
         <is>
-          <t>Длительность мута при использовании команд модерации</t>
+          <t>Проверка медиа</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Mute duration when trying to use moderation commands</t>
+          <t>Media checking</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>general.settings.automod.muteOnPermission.name</t>
+          <t>general.settings.automod.mediaCheck.name</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr"/>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Длительность ограничений новичка</t>
+          <t>Выберите наказание для пользователя</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>Duration of beginner's restrictions</t>
+          <t>Select user restriction</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>general.settings.automod.newbieRestrictions.name</t>
+          <t>general.settings.automod.mediaCheck.punishment</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr"/>
       <c r="B313" t="inlineStr">
         <is>
-          <t>Интервал проверки на рейд</t>
+          <t>Отправка запрещённого материала</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Raid check interval</t>
+          <t>Unacceptable media sent</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>general.settings.automod.raid.interval.name</t>
+          <t>general.settings.automod.mediaCheck.sent</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr"/>
       <c r="B314" t="inlineStr">
         <is>
-          <t>Порог сработки рейд системы</t>
+          <t>Максимальное количество медиа в ряд</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>Raid system threshold</t>
+          <t>Maximum number of media in row</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>general.settings.automod.raid.threshold.name</t>
+          <t>general.settings.automod.mediaSpamCheck.count.name</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr"/>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Реакций до блокировки</t>
+          <t>Длительность наказания за спам медиа</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Reactions until ban</t>
+          <t>Duration of punishment for media spam</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>general.settings.automod.reactionsUntilBan.name</t>
+          <t>general.settings.automod.mediaSpamCheck.duration.name</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr"/>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Спам</t>
+          <t>Интервал проверки медиа спама</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Spam</t>
+          <t>Media spam check interval</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>general.settings.automod.spamLike.name</t>
+          <t>general.settings.automod.mediaSpamCheck.interval.name</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr"/>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Избиение, убийство или мучение животных; изображения зоофилии.</t>
+          <t>Наказание за спам медиа</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Beating, killing, or abusing animals; images of zoophilia.</t>
+          <t>Punishment for media spam</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.animal_abuse.description</t>
+          <t>general.settings.automod.mediaSpamCheck.punishment.name</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr"/>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Насилие над животными</t>
+          <t>Длительность мута при использовании команд модерации</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Animal Abuse</t>
+          <t>Mute duration when trying to use moderation commands</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.animal_abuse.name</t>
+          <t>general.settings.automod.muteOnPermission.name</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr"/>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Материалы, содержащие сцены насилия или кровь (например, боевые сцены, травмы).</t>
+          <t>Длительность ограничений новичка</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Materials containing scenes of violence or blood (e.g., battle scenes, injuries).</t>
+          <t>Duration of beginner's restrictions</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.blood.description</t>
+          <t>general.settings.automod.newbieRestrictions.name</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr"/>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Кровь и насилие (общее)</t>
+          <t>Интервал проверки на рейд</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>Blood and Violence (General)</t>
+          <t>Raid check interval</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.blood.name</t>
+          <t>general.settings.automod.raid.interval.name</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr"/>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Изображения с кровью или её визуализацией: персонажи в крови, скопления крови.</t>
+          <t>Порог сработки рейд системы</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Images with blood or its visualization: characters covered in blood, pools of blood.</t>
+          <t>Raid system threshold</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.blood-blood.description</t>
+          <t>general.settings.automod.raid.threshold.name</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr"/>
       <c r="B322" t="inlineStr">
         <is>
-          <t>Кровь</t>
+          <t>Реакций до блокировки</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Blood</t>
+          <t>Reactions until ban</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.blood-blood.name</t>
+          <t>general.settings.automod.reactionsUntilBan.name</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr"/>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Показаны сцены убийства людей, раны с внутренностями, кадры расчленения (включая самоубийство).</t>
+          <t>Спам</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Scenes of murder, wounds with internal organs exposed, and dismemberment (including suicide) are shown.</t>
+          <t>Spam</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.blood-killing.description</t>
+          <t>general.settings.automod.spamLike.name</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr"/>
       <c r="B324" t="inlineStr">
         <is>
-          <t>Сцены убийств и расчленения</t>
+          <t>Избиение, убийство или мучение животных; изображения зоофилии.</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>Scenes of murder and dismemberment</t>
+          <t>Beating, killing, or abusing animals; images of zoophilia.</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.blood-killing.name</t>
+          <t>general.settings.automod.stickers.animal_abuse.description</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr"/>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Материалы без признаков нарушений и неприемлемого контента.</t>
+          <t>Насилие над животными</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>Materials without signs of violations or unacceptable content.</t>
+          <t>Animal Abuse</t>
         </is>
       </c>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.clear.description</t>
+          <t>general.settings.automod.stickers.animal_abuse.name</t>
         </is>
       </c>
       <c r="G325" t="inlineStr"/>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr"/>
       <c r="B326" t="inlineStr">
         <is>
-          <t>Безопасные</t>
+          <t>Материалы, содержащие сцены насилия или кровь (например, боевые сцены, травмы).</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>Safe</t>
+          <t>Materials containing scenes of violence or blood (e.g., battle scenes, injuries).</t>
         </is>
       </c>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.clear.name</t>
+          <t>general.settings.automod.stickers.blood.description</t>
         </is>
       </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr"/>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Стикеры, вызывающие зависание или сбой работы клиента Telegram.</t>
+          <t>Кровь и насилие (общее)</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Stickers that cause Telegram to freeze or crash.</t>
+          <t>Blood and Violence (General)</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.crash.description</t>
+          <t>general.settings.automod.stickers.blood.name</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr"/>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Краш-стикеры</t>
+          <t>Изображения с кровью или её визуализацией: персонажи в крови, скопления крови.</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Crash Stickers</t>
+          <t>Images with blood or its visualization: characters covered in blood, pools of blood.</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.crash.name</t>
+          <t>general.settings.automod.stickers.blood-blood.description</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr"/>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Контент потенциально опасный для людей с эпилепсией: мигающие/яркие эффекты.</t>
+          <t>Кровь</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Content potentially dangerous for people with epilepsy: flashing/bright effects.</t>
+          <t>Blood</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.epileptic.description</t>
+          <t>general.settings.automod.stickers.blood-blood.name</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr"/>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Эпилептогенный контент</t>
+          <t>Показаны сцены убийства людей, раны с внутренностями, кадры расчленения (включая самоубийство).</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Epileptogenic content</t>
+          <t>Scenes of murder, wounds with internal organs exposed, and dismemberment (including suicide) are shown.</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.epileptic.name</t>
+          <t>general.settings.automod.stickers.blood-killing.description</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr"/>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Изображения вызывающие подсознательный страх (например, образы типа 'Момо').</t>
+          <t>Сцены убийств и расчленения</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Images that evoke subconscious fear (e.g., images such as ‘Momo’).</t>
+          <t>Scenes of murder and dismemberment</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.epileptic-scare.description</t>
+          <t>general.settings.automod.stickers.blood-killing.name</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr"/>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Тревожные изображения</t>
+          <t>Материалы без признаков нарушений и неприемлемого контента.</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>Disturbing Images</t>
+          <t>Materials without signs of violations or unacceptable content.</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.epileptic-scare.name</t>
+          <t>general.settings.automod.stickers.clear.description</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr"/>
       <c r="B333" t="inlineStr">
         <is>
-          <t>Видео с быстрой сменой цветов или мигающими эффектами; может представлять угрозу для людей с эпилепсией.</t>
+          <t>Безопасные</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>Videos with rapid color changes or flashing effects may pose a risk to people with epilepsy.</t>
+          <t>Safe</t>
         </is>
       </c>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.epileptic-seizure.description</t>
+          <t>general.settings.automod.stickers.clear.name</t>
         </is>
       </c>
       <c r="G333" t="inlineStr"/>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr"/>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Фотосенсорно-опасный контент</t>
+          <t>Стикеры, вызывающие зависание или сбой работы клиента Telegram.</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>Photosensitive Content</t>
+          <t>Stickers that cause Telegram to freeze or crash.</t>
         </is>
       </c>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.epileptic-seizure.name</t>
+          <t>general.settings.automod.stickers.crash.description</t>
         </is>
       </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr"/>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Файл в обработке</t>
+          <t>Краш-стикеры</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>File in processing</t>
+          <t>Crash Stickers</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.null.description</t>
+          <t>general.settings.automod.stickers.crash.name</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr"/>
       <c r="B336" t="inlineStr">
         <is>
-          <t>В обработке</t>
+          <t>Контент потенциально опасный для людей с эпилепсией: мигающие/яркие эффекты.</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>In processing</t>
+          <t>Content potentially dangerous for people with epilepsy: flashing/bright effects.</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.null.name</t>
+          <t>general.settings.automod.stickers.epileptic.description</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr"/>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Контент на политические темы/движения/события.</t>
+          <t>Эпилептогенный контент</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Content on political topics/movements/events.</t>
+          <t>Epileptogenic content</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.politics.description</t>
+          <t>general.settings.automod.stickers.epileptic.name</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr"/>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Политика</t>
+          <t>Изображения вызывающие подсознательный страх (например, образы типа 'Момо').</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Politics</t>
+          <t>Images that evoke subconscious fear (e.g., images such as ‘Momo’).</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.politics.name</t>
+          <t>general.settings.automod.stickers.epileptic-scare.description</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr"/>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Флаги и гербы различных стран.</t>
+          <t>Тревожные изображения</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Flags and coats of arms of various countries.</t>
+          <t>Disturbing Images</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.politics-flags.description</t>
+          <t>general.settings.automod.stickers.epileptic-scare.name</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr"/>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Символика стран</t>
+          <t>Видео с быстрой сменой цветов или мигающими эффектами; может представлять угрозу для людей с эпилепсией.</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Country Symbols</t>
+          <t>Videos with rapid color changes or flashing effects may pose a risk to people with epilepsy.</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.politics-flags.name</t>
+          <t>general.settings.automod.stickers.epileptic-seizure.description</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr"/>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Нацистская символика и националистические лозунги (включая ‘1488’).</t>
+          <t>Фотосенсорно-опасный контент</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Nazi symbols and nationalist slogans (including ‘1488’).</t>
+          <t>Photosensitive Content</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.politics-nazi.description</t>
+          <t>general.settings.automod.stickers.epileptic-seizure.name</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr"/>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Нацистская символика</t>
+          <t>Файл в обработке</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Nazi symbols</t>
+          <t>File in processing</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.politics-nazi.name</t>
+          <t>general.settings.automod.stickers.null.description</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr"/>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Зеленский, Путин, Трамп, Макрон и другие президенты.</t>
+          <t>В обработке</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Zelensky, Putin, Trump, Macron, and other presidents.</t>
+          <t>In processing</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.politics-presidents.description</t>
+          <t>general.settings.automod.stickers.null.name</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr"/>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Президенты стран</t>
+          <t>Контент на политические темы/движения/события.</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>Country Leaders</t>
+          <t>Content on political topics/movements/events.</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.politics-presidents.name</t>
+          <t>general.settings.automod.stickers.politics.description</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr"/>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Любые материалы сексуального характера вне других специальных категорий.</t>
+          <t>Политика</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>Any materials of a sexual nature outside of other special categories.</t>
+          <t>Politics</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn.description</t>
+          <t>general.settings.automod.stickers.politics.name</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr"/>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Порнография</t>
+          <t>Флаги и гербы различных стран.</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>Pornography</t>
+          <t>Flags and coats of arms of various countries.</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn.name</t>
+          <t>general.settings.automod.stickers.politics-flags.description</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr"/>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Материалы с изображением полностью или частично обнажённых половых органов (а также женской груди) несовершеннолетнего; несовершеннолетнего совершающего либо имитирующего половой акт или иные действия сексуального характера; полового акта или иных действий сексуального характера в отношении несовершеннолетнего или с его участием; а также совершеннолетних лиц изображающих несовершеннолетних в подобных ситуациях. Соответствует УК РФ 242.1</t>
+          <t>Символика стран</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>Materials depicting fully or partially naked genitals (as well as female breasts) of a minor; a minor performing or imitating sexual intercourse or other acts of a sexual nature; sexual intercourse or other sexual acts involving a minor or with his or her participation; as well as adults depicting minors in similar situations. Complies with Article 242.1 of the Criminal Code of the Russian Federation</t>
+          <t>Country Symbols</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn-child.description</t>
+          <t>general.settings.automod.stickers.politics-flags.name</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr"/>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Детская порнография</t>
+          <t>Нацистская символика и националистические лозунги (включая ‘1488’).</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Child Abuse</t>
+          <t>Nazi symbols and nationalist slogans (including ‘1488’).</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn-child.name</t>
+          <t>general.settings.automod.stickers.politics-nazi.description</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr"/>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Голые или частично оголённые люди/персонажи с отчётливо видимыми интимными зонами — гениталии, ягодицы, женская грудь/соски. Также явная индикация отсутствия нижнего белья при экспонировании соответствующих участков тела.</t>
+          <t>Нацистская символика</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Naked or partially naked people/characters with clearly visible intimate areas—genitals, buttocks, female breasts/nipples. Also, clear indication of the absence of underwear when exposing the relevant parts of the body.</t>
+          <t>Nazi symbols</t>
         </is>
       </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn-nudity.description</t>
+          <t>general.settings.automod.stickers.politics-nazi.name</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr"/>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Нагота</t>
+          <t>Зеленский, Путин, Трамп, Макрон и другие президенты.</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Nudity</t>
+          <t>Zelensky, Putin, Trump, Macron, and other presidents.</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn-nudity.name</t>
+          <t>general.settings.automod.stickers.politics-presidents.description</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr"/>
       <c r="B351" t="inlineStr">
         <is>
-          <t>Изображения и видео непосредственно содержащие сцены полового акта.</t>
+          <t>Президенты стран</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Images and videos directly containing scenes of sexual intercourse.</t>
+          <t>Country Leaders</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn-sex.description</t>
+          <t>general.settings.automod.stickers.politics-presidents.name</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr"/>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Половой акт</t>
+          <t>Любые материалы сексуального характера вне других специальных категорий.</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Sexual Acts</t>
+          <t>Any materials of a sexual nature outside of other special categories.</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn-sex.name</t>
+          <t>general.settings.automod.stickers.porn.description</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr"/>
       <c r="B353" t="inlineStr">
         <is>
-          <t>Материалы без прямого обнажения интимных зон, но с выраженной сексуализацией людей или персонажей: откровенные позы, подчёркнутая сексуальная одежда, эротический контекст (например, провокационные позы или демонстративная сексуальная одежда), где акцент делается на сексуальном подтексте без фактической наготы.</t>
+          <t>Порнография</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Materials that do not directly expose intimate areas, but feature explicit sexualization of people or characters: revealing poses, accentuated sexual clothing, erotic context (e.g., provocative poses or demonstrative sexual clothing), where the emphasis is on sexual subtext without actual nudity.</t>
+          <t>Pornography</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn-sexualize.description</t>
+          <t>general.settings.automod.stickers.porn.name</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr"/>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Сексуализация</t>
+          <t>Материалы с изображением полностью или частично обнажённых половых органов (а также женской груди) несовершеннолетнего; несовершеннолетнего совершающего либо имитирующего половой акт или иные действия сексуального характера; полового акта или иных действий сексуального характера в отношении несовершеннолетнего или с его участием; а также совершеннолетних лиц изображающих несовершеннолетних в подобных ситуациях. Соответствует УК РФ 242.1</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Sexualization</t>
+          <t>Materials depicting fully or partially naked genitals (as well as female breasts) of a minor; a minor performing or imitating sexual intercourse or other acts of a sexual nature; sexual intercourse or other sexual acts involving a minor or with his or her participation; as well as adults depicting minors in similar situations. Complies with Article 242.1 of the Criminal Code of the Russian Federation</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn-sexualize.name</t>
+          <t>general.settings.automod.stickers.porn-child.description</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr"/>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Материалы, содержащие ненормативную лексику или оскорбительные выражения.</t>
+          <t>Детская порнография</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Materials containing profanity or offensive language.</t>
+          <t>Child Abuse</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.swearing.description</t>
+          <t>general.settings.automod.stickers.porn-child.name</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr"/>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Ненормативная лексика</t>
+          <t>Голые или частично оголённые люди/персонажи с отчётливо видимыми интимными зонами — гениталии, ягодицы, женская грудь/соски. Также явная индикация отсутствия нижнего белья при экспонировании соответствующих участков тела.</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Profanity</t>
+          <t>Naked or partially naked people/characters with clearly visible intimate areas—genitals, buttocks, female breasts/nipples. Also, clear indication of the absence of underwear when exposing the relevant parts of the body.</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.swearing.name</t>
+          <t>general.settings.automod.stickers.porn-nudity.description</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr"/>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Материалы, которые не могут быть обработаны на данный момент.</t>
+          <t>Нагота</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Materials that cannot be processed at this time.</t>
+          <t>Nudity</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.unknown.description</t>
+          <t>general.settings.automod.stickers.porn-nudity.name</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr"/>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Не поддерживаемые</t>
+          <t>Изображения и видео непосредственно содержащие сцены полового акта.</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Not supported</t>
+          <t>Images and videos directly containing scenes of sexual intercourse.</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.unknown.name</t>
+          <t>general.settings.automod.stickers.porn-sex.description</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr"/>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Модерация историй</t>
+          <t>Половой акт</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Moderation of stories</t>
+          <t>Sexual Acts</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>general.settings.automod.stories.name</t>
+          <t>general.settings.automod.stickers.porn-sex.name</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr"/>
       <c r="B360" t="inlineStr">
         <is>
-          <t>Максимальное количество одинаковых сообщений в ряд</t>
+          <t>Материалы без прямого обнажения интимных зон, но с выраженной сексуализацией людей или персонажей: откровенные позы, подчёркнутая сексуальная одежда, эротический контекст (например, провокационные позы или демонстративная сексуальная одежда), где акцент делается на сексуальном подтексте без фактической наготы.</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>Maximum number of same messages in row</t>
+          <t>Materials that do not directly expose intimate areas, but feature explicit sexualization of people or characters: revealing poses, accentuated sexual clothing, erotic context (e.g., provocative poses or demonstrative sexual clothing), where the emphasis is on sexual subtext without actual nudity.</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>general.settings.automod.textSpamCheck.count.name</t>
+          <t>general.settings.automod.stickers.porn-sexualize.description</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr"/>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Длительность наказания за спам одинаковыми сообщений</t>
+          <t>Сексуализация</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Duration of punishment for same messages spam</t>
+          <t>Sexualization</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>general.settings.automod.textSpamCheck.duration.name</t>
+          <t>general.settings.automod.stickers.porn-sexualize.name</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr"/>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Интервал проверки текстового спама</t>
+          <t>Материалы, содержащие ненормативную лексику или оскорбительные выражения.</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Text spam check interval</t>
+          <t>Materials containing profanity or offensive language.</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>general.settings.automod.textSpamCheck.interval.name</t>
+          <t>general.settings.automod.stickers.swearing.description</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr"/>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Наказание за спам одинаковыми сообщений</t>
+          <t>Ненормативная лексика</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Punishment for same messages spam</t>
+          <t>Profanity</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>general.settings.automod.textSpamCheck.punishment.name</t>
+          <t>general.settings.automod.stickers.swearing.name</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr"/>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Триггеры</t>
+          <t>Материалы, которые не могут быть обработаны на данный момент.</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>Triggers</t>
+          <t>Materials that cannot be processed at this time.</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>general.settings.automod.trigger.name</t>
+          <t>general.settings.automod.stickers.unknown.description</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr"/>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Настройки автомодерации</t>
+          <t>Не поддерживаемые</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>Automoderation settings</t>
+          <t>Not supported</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>general.settings.category.automod</t>
+          <t>general.settings.automod.stickers.unknown.name</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr"/>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Настройки кастомизации</t>
+          <t>Модерация историй</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Customization settings</t>
+          <t>Moderation of stories</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>general.settings.category.customs</t>
+          <t>general.settings.automod.stories.name</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr"/>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Язык</t>
+          <t>Максимальное количество одинаковых сообщений в ряд</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>Language</t>
+          <t>Maximum number of same messages in row</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>general.settings.category.language</t>
+          <t>general.settings.automod.textSpamCheck.count.name</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr"/>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Права</t>
+          <t>Длительность наказания за спам одинаковыми сообщений</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>Permissions</t>
+          <t>Duration of punishment for same messages spam</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>general.settings.category.permissions</t>
+          <t>general.settings.automod.textSpamCheck.duration.name</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr"/>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Основное</t>
+          <t>Интервал проверки текстового спама</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>General</t>
+          <t>Text spam check interval</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>general.settings.category.privates</t>
+          <t>general.settings.automod.textSpamCheck.interval.name</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr"/>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Настройки репортов</t>
+          <t>Наказание за спам одинаковыми сообщений</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>Reporting settings</t>
+          <t>Punishment for same messages spam</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>general.settings.category.reports</t>
+          <t>general.settings.automod.textSpamCheck.punishment.name</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr"/>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Особое</t>
+          <t>Триггеры</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Special</t>
+          <t>Triggers</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>general.settings.category.special</t>
+          <t>general.settings.automod.trigger.name</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr"/>
       <c r="B372" t="inlineStr">
         <is>
-          <t>Настройки варнов</t>
+          <t>Настройки автомодерации</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Warns settings</t>
+          <t>Automoderation settings</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>general.settings.category.warns</t>
+          <t>general.settings.category.automod</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr"/>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Изменение параметра "{{param}}" в чате {{title}}, текущее значение: &lt;code&gt;{{current}}&lt;/code&gt;</t>
+          <t>Настройки кастомизации</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Changing parameter "{{param}}" in chat {{title}}, current value: &lt;code&gt;{{current}}&lt;/code&gt;</t>
+          <t>Customization settings</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>general.settings.changingChat</t>
+          <t>general.settings.category.customs</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr"/>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Изменение параметра "{{param}}", текущее значение: &lt;code&gt;{{current}}&lt;/code&gt;</t>
+          <t>Язык</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Changing the parameter “{{param}}”, current value: &lt;code&gt;{{current}}&lt;/code&gt;</t>
+          <t>Language</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>general.settings.changingPM</t>
+          <t>general.settings.category.language</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr"/>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Админский чат</t>
+          <t>Права</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>Admins chat</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>general.settings.channels.admins</t>
+          <t>general.settings.category.permissions</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr"/>
       <c r="B376" t="inlineStr">
         <is>
-          <t>Привязка админского чата в чате {{title}}</t>
+          <t>Основное</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>Linking admins chat in chat {{title}}</t>
+          <t>General</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>general.settings.channels.admins_selected</t>
+          <t>general.settings.category.privates</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr"/>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Канал логов</t>
+          <t>Настройки репортов</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Logs channel</t>
+          <t>Reporting settings</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>general.settings.channels.logs</t>
+          <t>general.settings.category.reports</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr"/>
       <c r="B378" t="inlineStr">
         <is>
-          <t>Привязка канала логов в чате {{title}}</t>
+          <t>Особое</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>Linking logs channel in chat {{title}}</t>
+          <t>Special</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>general.settings.channels.logs_selected</t>
+          <t>general.settings.category.special</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr"/>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Канал триггеров</t>
+          <t>Настройки варнов</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Triggers channel</t>
+          <t>Warns settings</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>general.settings.channels.triggers</t>
+          <t>general.settings.category.warns</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr"/>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Привязка канала триггеров в чате {{title}}</t>
+          <t>Изменение параметра "{{param}}" в чате {{title}}, текущее значение: &lt;code&gt;{{current}}&lt;/code&gt;</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Linking triggers channel in chat {{title}}</t>
+          <t>Changing parameter "{{param}}" in chat {{title}}, current value: &lt;code&gt;{{current}}&lt;/code&gt;</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>general.settings.channels.triggers_selected</t>
+          <t>general.settings.changingChat</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr"/>
       <c r="B381" t="inlineStr">
         <is>
-          <t>Приём заявок</t>
+          <t>Изменение параметра "{{param}}", текущее значение: &lt;code&gt;{{current}}&lt;/code&gt;</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Chat join accepting</t>
+          <t>Changing the parameter “{{param}}”, current value: &lt;code&gt;{{current}}&lt;/code&gt;</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>general.settings.customs.acceptJoins.name</t>
+          <t>general.settings.changingPM</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr"/>
       <c r="B382" t="inlineStr">
         <is>
-          <t>Команда !admins</t>
+          <t>Админский чат</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>/admins commands</t>
+          <t>Admins chat</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>general.settings.customs.admins.name</t>
+          <t>general.settings.channels.admins</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr"/>
       <c r="B383" t="inlineStr">
         <is>
-          <t>Редактирование прав анонимных администраторов!</t>
+          <t>Привязка админского чата в чате {{title}}</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Editing rights of anonymous admins!</t>
+          <t>Linking admins chat in chat {{title}}</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>general.settings.customs.anonPerm.menu</t>
+          <t>general.settings.channels.admins_selected</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr"/>
       <c r="B384" t="inlineStr">
         <is>
-          <t>Права анонимных администраторов</t>
+          <t>Канал логов</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>Anonymous admins rights</t>
+          <t>Logs channel</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>general.settings.customs.anonPerm.name</t>
+          <t>general.settings.channels.logs</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr"/>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Выдача ограничений</t>
+          <t>Привязка канала логов в чате {{title}}</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>Users restriction</t>
+          <t>Linking logs channel in chat {{title}}</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>general.settings.customs.anon_perms.restrict</t>
+          <t>general.settings.channels.logs_selected</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr"/>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Согласие</t>
+          <t>Канал триггеров</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Agree</t>
+          <t>Triggers channel</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>general.settings.customs.captcha.agree</t>
+          <t>general.settings.channels.triggers</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr"/>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Капча</t>
+          <t>Привязка канала триггеров в чате {{title}}</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Captcha</t>
+          <t>Linking triggers channel in chat {{title}}</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>general.settings.customs.captcha.name</t>
+          <t>general.settings.channels.triggers_selected</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr"/>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Текст под постом</t>
+          <t>Приём заявок</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>First comment text</t>
+          <t>Chat join accepting</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>general.settings.customs.channelPost.name</t>
+          <t>general.settings.customs.acceptJoins.name</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr"/>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Привязка каналов в чате {{menu}}.</t>
+          <t>Команда !admins</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Channels linking in chat {{menu}}.</t>
+          <t>/admins commands</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>general.settings.customs.channels.menu</t>
+          <t>general.settings.customs.admins.name</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr"/>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Привязка каналов</t>
+          <t>Редактирование прав анонимных администраторов!</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Channel linking</t>
+          <t>Editing rights of anonymous admins!</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>general.settings.customs.channels.name</t>
+          <t>general.settings.customs.anonPerm.menu</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr"/>
       <c r="B391" t="inlineStr">
         <is>
-          <t>Ограничения команд</t>
+          <t>Права анонимных администраторов</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>Command restrictions</t>
+          <t>Anonymous admins rights</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>general.settings.customs.command_restrictions.name</t>
+          <t>general.settings.customs.anonPerm.name</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr"/>
       <c r="B392" t="inlineStr">
         <is>
-          <t>Кастомные команды</t>
+          <t>Выдача ограничений</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>Custom commands</t>
+          <t>Users restriction</t>
         </is>
       </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>general.settings.customs.commands.name</t>
+          <t>general.settings.customs.anon_perms.restrict</t>
         </is>
       </c>
       <c r="G392" t="inlineStr"/>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr"/>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Реакция команд модерации</t>
+          <t>Согласие</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
-          <t>Moderation commands reaction</t>
+          <t>Agree</t>
         </is>
       </c>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>general.settings.customs.commands_mode.moderation.name</t>
+          <t>general.settings.customs.captcha.agree</t>
         </is>
       </c>
       <c r="G393" t="inlineStr"/>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr"/>
       <c r="B394" t="inlineStr">
         <is>
-          <t>Реакция прочих команд</t>
+          <t>Капча</t>
         </is>
       </c>
       <c r="C394" t="inlineStr">
         <is>
-          <t>Other commands reaction</t>
+          <t>Captcha</t>
         </is>
       </c>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>general.settings.customs.commands_mode.others.name</t>
+          <t>general.settings.customs.captcha.name</t>
         </is>
       </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr"/>
       <c r="B395" t="inlineStr">
         <is>
-          <t>Реакция команд пользователей</t>
+          <t>Текст под постом</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>Users command reaction</t>
+          <t>First comment text</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>general.settings.customs.commands_mode.user.name</t>
+          <t>general.settings.customs.channelPost.name</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr"/>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Системные уведомления</t>
+          <t>Привязка каналов в чате {{title}}.</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>System messages</t>
+          <t>Channels linking in chat {{title}}.</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>general.settings.customs.disableNotifications.name</t>
+          <t>general.settings.customs.channels.menu</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr"/>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Расширенный модтоп</t>
+          <t>Привязка каналов</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Extended modtop</t>
+          <t>Channel linking</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>general.settings.customs.extendedModtop.name</t>
+          <t>general.settings.customs.channels.name</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr"/>
       <c r="B398" t="inlineStr">
         <is>
-          <t>Приветствие</t>
+          <t>Ограничения команд</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Greeting</t>
+          <t>Command restrictions</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>general.settings.customs.greeting.name</t>
+          <t>general.settings.customs.command_restrictions.name</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr"/>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Настройки кастомизации в чате {{title}}</t>
+          <t>Кастомные команды</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Customization settings in chat {{title}}}</t>
+          <t>Custom commands</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>general.settings.customs.header</t>
+          <t>general.settings.customs.commands.name</t>
         </is>
       </c>
       <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr"/>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Интервал удаления сообщений триггеров</t>
+          <t>Реакция команд модерации</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>Interval for deleting trigger messages</t>
+          <t>Moderation commands reaction</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>general.settings.customs.messagesAutoRemove.name</t>
+          <t>general.settings.customs.commands_mode.moderation.name</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr"/>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Доступ к модтопу</t>
+          <t>Реакция прочих команд</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>Modtop access</t>
+          <t>Other commands reaction</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>general.settings.customs.modtop.name</t>
+          <t>general.settings.customs.commands_mode.others.name</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr"/>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Топик для уведомлений</t>
+          <t>Реакция команд пользователей</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>Topic for notifications</t>
+          <t>Users command reaction</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>general.settings.customs.notificationsTopic.name</t>
+          <t>general.settings.customs.commands_mode.user.name</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr"/>
       <c r="B403" t="inlineStr">
         <is>
-          <t>Реакции в ответ</t>
+          <t>Системные уведомления</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t>Reactions callback</t>
+          <t>System messages</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t>general.settings.customs.reactions.name</t>
+          <t>general.settings.customs.disableNotifications.name</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr"/>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Система репутации</t>
+          <t>Расширенный модтоп</t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>Reputation system</t>
+          <t>Extended modtop</t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>general.settings.customs.reputation.name</t>
+          <t>general.settings.customs.extendedModtop.name</t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr"/>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Период статистики</t>
+          <t>Приветствие</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>Statistics range</t>
+          <t>Greeting</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>general.settings.customs.statisticsRange.name</t>
+          <t>general.settings.customs.greeting.name</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr"/>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Введите насколько давняя статистика должна учитываться в командах top, текущее значение:</t>
+          <t>Настройки кастомизации в чате {{title}}</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Enter interval for statistics showing in top commands, current value:</t>
+          <t>Customization settings in chat {{title}}}</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>general.settings.customs.statisticsRange.selected</t>
+          <t>general.settings.customs.header</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr"/>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Токены</t>
+          <t>Интервал удаления сообщений триггеров</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Tokens</t>
+          <t>Interval for deleting trigger messages</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>general.settings.customs.tokens.name</t>
+          <t>general.settings.customs.messagesAutoRemove.name</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr"/>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Настройки чата {{title}}</t>
+          <t>Доступ к модтопу</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Settings of {{title}} chat</t>
+          <t>Modtop access</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>general.settings.headerChat</t>
+          <t>general.settings.customs.modtop.name</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr"/>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Настройки пользователя</t>
+          <t>Топик для уведомлений</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>User settings</t>
+          <t>Topic for notifications</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>general.settings.headerPM</t>
+          <t>general.settings.customs.notificationsTopic.name</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr"/>
       <c r="B410" t="inlineStr">
         <is>
-          <t>Неверное значение {{value}}, введите интервал</t>
+          <t>Реакции в ответ</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
-          <t>Incorrect value {{value}}, send interval</t>
+          <t>Reactions callback</t>
         </is>
       </c>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>general.settings.incorrect_interval</t>
+          <t>general.settings.customs.reactions.name</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr"/>
       <c r="B411" t="inlineStr">
         <is>
-          <t>Неверное значение, введите число</t>
+          <t>Система репутации</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Incorrect value, send a number</t>
+          <t>Reputation system</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>general.settings.incorrect_number</t>
+          <t>general.settings.customs.reputation.name</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr"/>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Изменение параметра "{{param}}" в чате {{title}}, отправьте новое значение в чат. Текущее значение: &lt;code&gt;{{current}}&lt;/code&gt;</t>
+          <t>Период статистики</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Changing setting "{{param}}" in chat {{title}}, sent new value in chat. Current value: &lt;code&gt;{{current}}&lt;/code&gt;</t>
+          <t>Statistics range</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>general.settings.inputChangingChat</t>
+          <t>general.settings.customs.statisticsRange.name</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr"/>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Изменение параметра "{{param}}", отправьте новое значение в чат. Текущее значение: &lt;code&gt;{{current}}&lt;/code&gt;</t>
+          <t>Введите насколько давняя статистика должна учитываться в командах top, текущее значение:</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Changing the “{{param}}” parameter, send the new value to the chat. Current value: &lt;code&gt;{{current}}&lt;/code&gt;</t>
+          <t>Enter interval for statistics showing in top commands, current value:</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>general.settings.inputChangingPM</t>
+          <t>general.settings.customs.statisticsRange.selected</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr"/>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Выберите язык который будет использоваться в чате</t>
+          <t>Токены</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Select language for the chat</t>
+          <t>Tokens</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>general.settings.language.header</t>
+          <t>general.settings.customs.tokens.name</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr"/>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Добавить администратора</t>
+          <t>Настройки чата {{title}}</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Add admin</t>
+          <t>Settings of {{title}} chat</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>general.settings.permissions.admins.add</t>
+          <t>general.settings.headerChat</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr"/>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Выберите пользователя(-ей) для назначения</t>
+          <t>Настройки пользователя</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>Select user(s)</t>
+          <t>User settings</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>general.settings.permissions.admins.adding</t>
+          <t>general.settings.headerPM</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr"/>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Сменить группу</t>
+          <t>Неверное значение {{value}}, введите интервал</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Chage group</t>
+          <t>Incorrect value {{value}}, send interval</t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>general.settings.permissions.admins.edit.change_group</t>
+          <t>general.settings.incorrect_interval</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr"/>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Выберите группу, которая будет назначена администратору</t>
+          <t>Неверное значение, введите число</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>Select group for this admin</t>
+          <t>Incorrect value, send a number</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>general.settings.permissions.admins.edit.changing_group</t>
+          <t>general.settings.incorrect_number</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr"/>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Редактирование администратора {{name}}</t>
+          <t>Изменение параметра "{{param}}" в чате {{title}}, отправьте новое значение в чат. Текущее значение: &lt;code&gt;{{current}}&lt;/code&gt;</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>Editing admin {{name}}</t>
+          <t>Changing setting "{{param}}" in chat {{title}}, sent new value in chat. Current value: &lt;code&gt;{{current}}&lt;/code&gt;</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>general.settings.permissions.admins.edit.header</t>
+          <t>general.settings.inputChangingChat</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr"/>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Выберите группу, которая будет назначена новым администраторам</t>
+          <t>Изменение параметра "{{param}}", отправьте новое значение в чат. Текущее значение: &lt;code&gt;{{current}}&lt;/code&gt;</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Select group for new admins</t>
+          <t>Changing the “{{param}}” parameter, send the new value to the chat. Current value: &lt;code&gt;{{current}}&lt;/code&gt;</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>general.settings.permissions.admins.group</t>
+          <t>general.settings.inputChangingPM</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr"/>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Настройки прав администраторов в чате {{title}}</t>
+          <t>Выберите язык который будет использоваться в чате</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Admins permissions settings in chat {{title}}</t>
+          <t>Select language for the chat</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>general.settings.permissions.admins.header</t>
+          <t>general.settings.language.header</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr"/>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Модераторы чата</t>
+          <t>Добавить администратора</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Chat moders</t>
+          <t>Add admin</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>general.settings.permissions.admins.name</t>
+          <t>general.settings.permissions.admins.add</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr"/>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Продвинутая система администраторов</t>
+          <t>Выберите пользователя(-ей) для назначения</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Advanced admins system</t>
+          <t>Select user(s)</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>general.settings.permissions.advancedModers.name</t>
+          <t>general.settings.permissions.admins.adding</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr"/>
       <c r="B424" t="inlineStr">
         <is>
-          <t>ВНИМАНИЕ, изменение настроек в этом разделе может лишить вас прав, рекомендуем производить изменения с аккаунта владельца чата.</t>
+          <t>Сменить группу</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>WARNING, changing settings in this section may suspend your privileges, it is recommended to make changes from the account of the chat owner.</t>
+          <t>Chage group</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>general.settings.permissions.description</t>
+          <t>general.settings.permissions.admins.edit.change_group</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr"/>
       <c r="B425" t="inlineStr">
         <is>
-          <t>Нет группы</t>
+          <t>Выберите группу, которая будет назначена администратору</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>No group</t>
+          <t>Select group for this admin</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>general.settings.permissions.fake_group</t>
+          <t>general.settings.permissions.admins.edit.changing_group</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr"/>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Создать группу</t>
+          <t>Редактирование администратора {{name}}</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Create group</t>
+          <t>Editing admin {{name}}</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.create.button</t>
+          <t>general.settings.permissions.admins.edit.header</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr"/>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Отправьте название группы:</t>
+          <t>Выберите группу, которая будет назначена новым администраторам</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Send group name:</t>
+          <t>Select group for new admins</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.create.header</t>
+          <t>general.settings.permissions.admins.group</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr"/>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Укажите приоритет группы, 0 - самый высокий</t>
+          <t>Настройки прав администраторов в чате {{title}}</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Specify the priority of the group, 0 - the highest one</t>
+          <t>Admins permissions settings in chat {{title}}</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.create.priority</t>
+          <t>general.settings.permissions.admins.header</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr"/>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Редактирование группы {{name}}</t>
+          <t>Модераторы чата</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Editing group {{name}}</t>
+          <t>Chat moders</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.edit.header</t>
+          <t>general.settings.permissions.admins.name</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr"/>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Изменить название</t>
+          <t>Продвинутая система администраторов</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Change name</t>
+          <t>Advanced admins system</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.edit.name.button</t>
+          <t>general.settings.permissions.advancedModers.name</t>
         </is>
       </c>
       <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr"/>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Введите новое название группы:</t>
+          <t>ВНИМАНИЕ, изменение настроек в этом разделе может лишить вас прав, рекомендуем производить изменения с аккаунта владельца чата.</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>Send new group name:</t>
+          <t>WARNING, changing settings in this section may suspend your privileges, it is recommended to make changes from the account of the chat owner.</t>
         </is>
       </c>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.edit.name.header</t>
+          <t>general.settings.permissions.description</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr"/>
       <c r="B432" t="inlineStr">
         <is>
-          <t>Изменить права</t>
+          <t>Нет группы</t>
         </is>
       </c>
       <c r="C432" t="inlineStr">
         <is>
-          <t>Change permissions</t>
+          <t>No group</t>
         </is>
       </c>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.edit.permissions.button</t>
+          <t>general.settings.permissions.fake_group</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr"/>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Изменить приоритет</t>
+          <t>Создать группу</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Change priority</t>
+          <t>Create group</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.edit.priority.button</t>
+          <t>general.settings.permissions.groups.create.button</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr"/>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Введите новый приоритет группы:</t>
+          <t>Отправьте название группы:</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Send new group priority:</t>
+          <t>Send group name:</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.edit.priority.header</t>
+          <t>general.settings.permissions.groups.create.header</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr"/>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Настройки прав групп в чате {{title}}</t>
+          <t>Укажите приоритет группы, 0 - самый высокий</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Group permissions settings in chat {{title}}</t>
+          <t>Specify the priority of the group, 0 - the highest one</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.header</t>
+          <t>general.settings.permissions.groups.create.priority</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr"/>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Группы прав</t>
+          <t>Редактирование группы {{name}}</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>Permission groups</t>
+          <t>Editing group {{name}}</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.name</t>
+          <t>general.settings.permissions.groups.edit.header</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr"/>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Права группы {{name}}:</t>
+          <t>Изменить название</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>Permissions of group {{name}}:</t>
+          <t>Change name</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.permissions</t>
+          <t>general.settings.permissions.groups.edit.name.button</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr"/>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Настройки прав в чате {{title}}</t>
+          <t>Введите новое название группы:</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Permissions settings in chat {{title}}</t>
+          <t>Send new group name:</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>general.settings.permissions.header</t>
+          <t>general.settings.permissions.groups.edit.name.header</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr"/>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Основные настройки пользователя</t>
+          <t>Изменить права</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>General user settings</t>
+          <t>Change permissions</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>general.settings.privates.header</t>
+          <t>general.settings.permissions.groups.edit.permissions.button</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr"/>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Часовой пояс</t>
+          <t>Изменить приоритет</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Time zone</t>
+          <t>Change priority</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>general.settings.privates.timezone.name</t>
+          <t>general.settings.permissions.groups.edit.priority.button</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr"/>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Минимальное количество репортов от пользователей удаляющих сообщения</t>
+          <t>Введите новый приоритет группы:</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Minimum number of reports from users deleting messages</t>
+          <t>Send new group priority:</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>general.settings.reports.deleteReports.name</t>
+          <t>general.settings.permissions.groups.edit.priority.header</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr"/>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Минимальное количество репортов у пользователя для удаления сообщения</t>
+          <t>Настройки прав групп в чате {{title}}</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Minimum number of reports for a user to delete a message</t>
+          <t>Group permissions settings in chat {{title}}</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>general.settings.reports.deleteReportsCount.name</t>
+          <t>general.settings.permissions.groups.header</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr"/>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Минимальный рейтинг человека для удаления сообщения</t>
+          <t>Группы прав</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Minimum rating of a person to delete a message</t>
+          <t>Permission groups</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>general.settings.reports.deleteReportsRate.name</t>
+          <t>general.settings.permissions.groups.name</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr"/>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Настройки репортов в чате {{title}}</t>
+          <t>Права группы {{name}}:</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Reposts settings in chat {{title}}</t>
+          <t>Permissions of group {{name}}:</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>general.settings.reports.header</t>
+          <t>general.settings.permissions.groups.permissions</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr"/>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Система репортов</t>
+          <t>Настройки прав в чате {{title}}</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Reports system</t>
+          <t>Permissions settings in chat {{title}}</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>general.settings.reports.reportsSystem.name</t>
+          <t>general.settings.permissions.header</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr"/>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Очистить удалённые аккаунты</t>
+          <t>Основные настройки пользователя</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Remove deleted accounts</t>
+          <t>General user settings</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>general.settings.special.clear_deleted.button</t>
+          <t>general.settings.privates.header</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr"/>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Позволяет удалить удалённые аккаунты из списка участников и заблокированных пользователей.</t>
+          <t>Часовой пояс</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Allows you to remove deleted accounts from the list of participants and removed users.</t>
+          <t>Time zone</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>general.settings.special.clear_deleted.description</t>
+          <t>general.settings.privates.timezone.name</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr"/>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Дополнительные возможности для чата {{title}}
-Баланс чата: {{balance}}</t>
+          <t>Минимальное количество репортов от пользователей удаляющих сообщения</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Special actions for chat {{title}}
-Balance: {{balance}}</t>
+          <t>Minimum number of reports from users deleting messages</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>general.settings.special.header</t>
+          <t>general.settings.reports.deleteReports.name</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr"/>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Индексировать старые сообщения</t>
+          <t>Минимальное количество репортов у пользователя для удаления сообщения</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Index old messages</t>
+          <t>Minimum number of reports for a user to delete a message</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>general.settings.special.index_old.button</t>
+          <t>general.settings.reports.deleteReportsCount.name</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr"/>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Позволяет стражнику изучить все сообщения до его добавления в чат.</t>
+          <t>Минимальный рейтинг человека для удаления сообщения</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>Allows the guard to explore all messages before they are added to the chat.</t>
+          <t>Minimum rating of a person to delete a message</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>general.settings.special.index_old.description</t>
+          <t>general.settings.reports.deleteReportsRate.name</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr"/>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Задача на изучение истории чата началась!</t>
+          <t>Настройки репортов в чате {{title}}</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>The task of exploring the history of the chat has begun!</t>
+          <t>Reposts settings in chat {{title}}</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>general.settings.special.index_old.started</t>
+          <t>general.settings.reports.header</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr"/>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Исключить неактивных пользователей</t>
+          <t>Система репортов</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>Remove inactive users</t>
+          <t>Reports system</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>general.settings.special.kick_inactive.button</t>
+          <t>general.settings.reports.reportsSystem.name</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr"/>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Исключает из чата всех неактивных участников за выбранный период</t>
+          <t>Очистить удалённые аккаунты</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>Removes all inactive participants from the chat for the selected period</t>
+          <t>Remove deleted accounts</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>general.settings.special.kick_inactive.description</t>
+          <t>general.settings.special.clear_deleted.button</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr"/>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Удалено {{progress}} из {{users}}!</t>
+          <t>Позволяет удалить удалённые аккаунты из списка участников и заблокированных пользователей.</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Removed {{progress}} from {{users}}!</t>
+          <t>Allows you to remove deleted accounts from the list of participants and removed users.</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>general.settings.special.kick_inactive.progress</t>
+          <t>general.settings.special.clear_deleted.description</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr"/>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Укажите минимальный интервал активности, все пользователи с большим - будут исключены.</t>
+          <t>Дополнительные возможности для чата {{title}}
+Баланс чата: {{balance}}</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Specify a minimum activity interval, all users with a larger one will be removed.</t>
+          <t>Special actions for chat {{title}}
+Balance: {{balance}}</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>general.settings.special.kick_inactive.request</t>
+          <t>general.settings.special.header</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr"/>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Выбран интервал {{interval}}, будет исключено {{users}} пользователей!</t>
+          <t>Индексировать старые сообщения</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>The interval {{interval}} is selected, {{users}} users will be removed!</t>
+          <t>Index old messages</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>general.settings.special.kick_inactive.request_confirm</t>
+          <t>general.settings.special.index_old.button</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
       <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr"/>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Удаление завершено, исключено {{users}}!</t>
+          <t>Позволяет стражнику изучить все сообщения до его добавления в чат.</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Removal completed, removed {{users}}!</t>
+          <t>Allows the guard to explore all messages before they are added to the chat.</t>
         </is>
       </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>general.settings.special.kick_inactive.success</t>
+          <t>general.settings.special.index_old.description</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr"/>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Недостаточно ⭐️ на счету чата!</t>
+          <t>Задача на изучение истории чата началась!</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Insufficient ⭐️ on the chat balance!</t>
+          <t>The task of exploring the history of the chat has begun!</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>general.settings.special.not_enough_balance</t>
+          <t>general.settings.special.index_old.started</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr"/>
       <c r="B459" t="inlineStr">
         <is>
-          <t xml:space="preserve">Цена: </t>
+          <t>Исключить неактивных пользователей</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t xml:space="preserve">Price: </t>
+          <t>Remove inactive users</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>general.settings.special.price</t>
+          <t>general.settings.special.kick_inactive.button</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
       <c r="H459" t="inlineStr"/>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr"/>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Начать!</t>
+          <t>Исключает из чата всех неактивных участников за выбранный период</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Start!</t>
+          <t>Removes all inactive participants from the chat for the selected period</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>general.settings.special.start</t>
+          <t>general.settings.special.kick_inactive.description</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr"/>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Задача поставлена в очередь, вы получите уведомление о начале и конце!</t>
+          <t>Удалено {{progress}} из {{users}}!</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>The task is queued, you will be notified when it starts and ends!</t>
+          <t>Removed {{progress}} from {{users}}!</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>general.settings.special.started</t>
+          <t>general.settings.special.kick_inactive.progress</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr"/>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Активные задачи</t>
+          <t>Укажите минимальный интервал активности, все пользователи с большим - будут исключены.</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Active tasks</t>
+          <t>Specify a minimum activity interval, all users with a larger one will be removed.</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>general.settings.special.tasks.button</t>
+          <t>general.settings.special.kick_inactive.request</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr"/>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Пополнить баланс</t>
+          <t>Выбран интервал {{interval}}, будет исключено {{users}} пользователей!</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>Top up balance</t>
+          <t>The interval {{interval}} is selected, {{users}} users will be removed!</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>general.settings.special.topup.button</t>
+          <t>general.settings.special.kick_inactive.request_confirm</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr"/>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Сколько звёзд вы хотите перевести на баланс чата?</t>
+          <t>Удаление завершено, исключено {{users}}!</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>How many stars do you want to transfer to your chat balance?</t>
+          <t>Removal completed, removed {{users}}!</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>general.settings.special.topup.how_many</t>
+          <t>general.settings.special.kick_inactive.success</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr"/>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Перевести</t>
+          <t>Недостаточно ⭐️ на счету чата!</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Transfer</t>
+          <t>Insufficient ⭐️ on the chat balance!</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>general.settings.special.topup.pay</t>
+          <t>general.settings.special.not_enough_balance</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr"/>
       <c r="B466" t="inlineStr">
         <is>
-          <t>Введите положительное число!</t>
+          <t xml:space="preserve">Цена: </t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Enter positive number!</t>
+          <t xml:space="preserve">Price: </t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>general.settings.special.topup.positive</t>
+          <t>general.settings.special.price</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr"/>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Перевод успешно проведён!</t>
+          <t>Начать!</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Transfer successful!</t>
+          <t>Start!</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>general.settings.special.topup.successful</t>
+          <t>general.settings.special.start</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr"/>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Перевод звёзд чату {{title}}</t>
+          <t>Задача поставлена в очередь, вы получите уведомление о начале и конце!</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Transfer stars to chat {{title}}</t>
+          <t>The task is queued, you will be notified when it starts and ends!</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>general.settings.special.topup.title</t>
+          <t>general.settings.special.started</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr"/>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Для указания часового периода укажите необходимый часовой сдвиг в формате "UTC+N" или "GMT+N". Также вы можете использовать IANA формат "Europe/Moscow", в таком случае бот автоматически будет учитывать летнее и зимнее время, обратите внимание, что выбранный вами город не будет отображаться публично и автоматически будет конвертирован в формат GMT+N.</t>
+          <t>Активные задачи</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>To specify the time period, specify the required time shift in the format “UTC+N” or “GMT+N”. You can also use IANA format “Europe/Paris”, in this case the bot will automatically take into account summer and winter time, please note that the selected city will not be displayed publicly and will be automatically converted to GMT+N format.</t>
+          <t>Active tasks</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>general.settings.timeZoneInfo</t>
+          <t>general.settings.special.tasks.button</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr"/>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Кулдаун между варнами одному человеку</t>
+          <t>Пополнить баланс</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Cooldown beetwen warns to one person</t>
+          <t>Top up balance</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>general.settings.warns.cooldown.name</t>
+          <t>general.settings.special.topup.button</t>
         </is>
       </c>
       <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr"/>
       <c r="B471" t="inlineStr">
         <is>
-          <t>Настройки варнов в чате {{title}}</t>
+          <t>Сколько звёзд вы хотите перевести на баланс чата?</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>Warn settings in chat {{title}}</t>
+          <t>How many stars do you want to transfer to your chat balance?</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>general.settings.warns.header</t>
+          <t>general.settings.special.topup.how_many</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr"/>
       <c r="B472" t="inlineStr">
         <is>
-          <t>Количество варнов до выдачи наказания</t>
+          <t>Перевести</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>Number of warns before punishment is given</t>
+          <t>Transfer</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>general.settings.warns.maxWarns.name</t>
+          <t>general.settings.special.topup.pay</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr"/>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Длительность варна</t>
+          <t>Введите положительное число!</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Warn duration</t>
+          <t>Enter positive number!</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>general.settings.warns.warnLength.name</t>
+          <t>general.settings.special.topup.positive</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr"/>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Наказание за максимальное количество варнов</t>
+          <t>Перевод успешно проведён!</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Punishment for the maximum number of warns</t>
+          <t>Transfer successful!</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>general.settings.warns.warnsResult.name</t>
+          <t>general.settings.special.topup.successful</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr"/>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Длительность наказания за максимальное количество варнов</t>
+          <t>Перевод звёзд чату {{title}}</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>Duration of punishment for the maximum number of warns</t>
+          <t>Transfer stars to chat {{title}}</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>general.settings.warns.warnsResultLength.name</t>
+          <t>general.settings.special.topup.title</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr"/>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Спам</t>
+          <t>Для указания часового периода укажите необходимый часовой сдвиг в формате "UTC+N" или "GMT+N". Также вы можете использовать IANA формат "Europe/Moscow", в таком случае бот автоматически будет учитывать летнее и зимнее время, обратите внимание, что выбранный вами город не будет отображаться публично и автоматически будет конвертирован в формат GMT+N.</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Spam</t>
+          <t>To specify the time period, specify the required time shift in the format “UTC+N” or “GMT+N”. You can also use IANA format “Europe/Paris”, in this case the bot will automatically take into account summer and winter time, please note that the selected city will not be displayed publicly and will be automatically converted to GMT+N format.</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>general.spam</t>
+          <t>general.settings.timeZoneInfo</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr"/>
       <c r="B477" t="inlineStr">
         <is>
-          <t>Токен</t>
+          <t>Кулдаун между варнами одному человеку</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>Token</t>
+          <t>Cooldown beetwen warns to one person</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>general.token</t>
+          <t>general.settings.warns.cooldown.name</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr"/>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Неизвестный канал</t>
+          <t>Настройки варнов в чате {{title}}</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Unknown channel</t>
+          <t>Warn settings in chat {{title}}</t>
         </is>
       </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>general.unknown.channel</t>
+          <t>general.settings.warns.header</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr"/>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Неизвестный пользователь</t>
+          <t>Количество варнов до выдачи наказания</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Unknown user</t>
+          <t>Number of warns before punishment is given</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>general.unknown.user</t>
+          <t>general.settings.warns.maxWarns.name</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr"/>
       <c r="B480" t="inlineStr">
         <is>
-          <t>до</t>
+          <t>Длительность варна</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>until</t>
+          <t>Warn duration</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>general.until</t>
+          <t>general.settings.warns.warnLength.name</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr"/>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Обнаружено изменение администраторов, список администраторов обновлён!</t>
+          <t>Наказание за максимальное количество варнов</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>Admin change detected, the admin list has been updated!</t>
+          <t>Punishment for the maximum number of warns</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>handlers.adminsChange</t>
+          <t>general.settings.warns.warnsResult.name</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr"/>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Вы уже прошли проверку!</t>
+          <t>Длительность наказания за максимальное количество варнов</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>You already passed captcha!</t>
+          <t>Duration of punishment for the maximum number of warns</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>handlers.captcha.again</t>
+          <t>general.settings.warns.warnsResultLength.name</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr"/>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Нажмите на кнопку ниже для входа в чат!</t>
+          <t>Спам</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Click the button below to enter the chat room!</t>
+          <t>Spam</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>handlers.captcha.agree</t>
+          <t>general.spam</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr"/>
       <c r="B484" t="inlineStr">
         <is>
-          <t>✅ Согласен</t>
+          <t>Токен</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>✅ I agree</t>
+          <t>Token</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>handlers.captcha.agreed</t>
+          <t>general.token</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr"/>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Верно!</t>
+          <t>Неизвестный канал</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>Correct!</t>
+          <t>Unknown channel</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>handlers.captcha.correct</t>
+          <t>general.unknown.channel</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr"/>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Для подтверждения что вы не бот, нажмите на: {{correct}}</t>
+          <t>Неизвестный пользователь</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>To confirm that you are not a bot, click on: {{correct}}</t>
+          <t>Unknown user</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>handlers.captcha.emoji</t>
+          <t>general.unknown.user</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr"/>
       <c r="B487" t="inlineStr">
         <is>
-          <t>Это не ваша капча!</t>
+          <t>до</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>It's not your captcha!</t>
+          <t>until</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>handlers.captcha.wrongUser</t>
+          <t>general.until</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr"/>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Обнаружен рейд! {{joins}} пользователей вошло за {{interval}}. Активирован рейд-режим, используйте /raidmode для отключения.</t>
+          <t>Обнаружено изменение администраторов, список администраторов обновлён!</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Raid detected! {{joins}} users have entered for {{interval}}. Raid mode is activated, use /raidmode to disable.</t>
+          <t>Admin change detected, the admin list has been updated!</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>handlers.chatJoin.raid</t>
+          <t>handlers.adminsChange</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr"/>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Обнаружен недопустимый контент "{{type}}" в чате {{title}}</t>
+          <t>Вы уже прошли проверку!</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>Found unacceptable content "{{type}}" in chat {{title}}</t>
+          <t>You already passed captcha!</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>handlers.file.got</t>
+          <t>handlers.captcha.again</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr"/>
       <c r="B490" t="inlineStr">
         <is>
-          <t>Спасибо за добавление меня в администраторы! Теперь я готов к работе!</t>
+          <t>Нажмите на кнопку ниже для входа в чат!</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Thank you for adding me as an admin! I am now ready to go to work!</t>
+          <t>Click the button below to enter the chat room!</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>handlers.hello.full</t>
+          <t>handlers.captcha.agree</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr"/>
       <c r="B491" t="inlineStr">
         <is>
-          <t>Спасибо за добавление меня в чат! Для начала работы добавьте меня в администраторы и дайте права на удаление сообщений и ограничение пользователей. После этого я буду готов к работе!</t>
+          <t>✅ Согласен</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>Thanks for adding me to the chat! To get started, add me as an admin and give me permissions to delete posts and restrict users. After that I will be ready to work!</t>
+          <t>✅ I agree</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>handlers.hello.restricted</t>
+          <t>handlers.captcha.agreed</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr"/>
       <c r="B492" t="inlineStr">
         <is>
-          <t>Отправка запрещённых ссылок</t>
+          <t>Верно!</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Sending unallowed links</t>
+          <t>Correct!</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>handlers.linksChecker.reason</t>
+          <t>handlers.captcha.correct</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr"/>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Группа была мигрирована в супергруппу!</t>
+          <t>Для подтверждения что вы не бот, нажмите на: {{correct}}</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>The group has been migrated to a supergroup!</t>
+          <t>To confirm that you are not a bot, click on: {{correct}}</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>handlers.migrate</t>
+          <t>handlers.captcha.emoji</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr"/>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Нативная блокировка</t>
+          <t>Это не ваша капча!</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>Native ban</t>
+          <t>It's not your captcha!</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>handlers.nativeBan</t>
+          <t>handlers.captcha.wrongUser</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr"/>
       <c r="B495" t="inlineStr">
         <is>
-          <t>{{user}} за отправку реакций во время мута вы можете быть заблокированы!</t>
+          <t>Обнаружен рейд! {{joins}} пользователей вошло за {{interval}}. Активирован рейд-режим, используйте /raidmode для отключения.</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>{{user}} you can be banned for sending reactions during mute!</t>
+          <t>Raid detected! {{joins}} users have entered for {{interval}}. Raid mode is activated, use /raidmode to disable.</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>handlers.reactions.notify</t>
+          <t>handlers.chatJoin.raid</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr"/>
       <c r="B496" t="inlineStr">
         <is>
-          <t>реакции в муте</t>
+          <t>Обнаружен недопустимый контент "{{type}}" в чате {{title}}</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>reactions while mute is active</t>
+          <t>Found unacceptable content "{{type}}" in chat {{title}}</t>
         </is>
       </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>handlers.reactions.reason</t>
+          <t>handlers.file.got</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr"/>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Репутация уменьшена!</t>
+          <t>Спасибо за добавление меня в администраторы! Теперь я готов к работе!</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>Reputation decreased!</t>
+          <t>Thank you for adding me as an admin! I am now ready to go to work!</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>handlers.reputation.down</t>
+          <t>handlers.hello.full</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr"/>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Репутация увеличена!</t>
+          <t>Спасибо за добавление меня в чат! Для начала работы добавьте меня в администраторы и дайте права на удаление сообщений и ограничение пользователей. После этого я буду готов к работе!</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Reputation increased!</t>
+          <t>Thanks for adding me to the chat! To get started, add me as an admin and give me permissions to delete posts and restrict users. After that I will be ready to work!</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>handlers.reputation.up</t>
+          <t>handlers.hello.restricted</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr"/>
       <c r="B499" t="inlineStr">
         <is>
+          <t>Отправка запрещённых ссылок</t>
+        </is>
+      </c>
+      <c r="C499" t="inlineStr">
+        <is>
+          <t>Sending unallowed links</t>
+        </is>
+      </c>
+      <c r="D499" t="inlineStr"/>
+      <c r="E499" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F499" t="inlineStr">
+        <is>
+          <t>handlers.linksChecker.reason</t>
+        </is>
+      </c>
+      <c r="G499" t="inlineStr"/>
+      <c r="H499" t="inlineStr"/>
+    </row>
+    <row r="500">
+      <c r="A500" t="inlineStr"/>
+      <c r="B500" t="inlineStr">
+        <is>
+          <t>Группа была мигрирована в супергруппу!</t>
+        </is>
+      </c>
+      <c r="C500" t="inlineStr">
+        <is>
+          <t>The group has been migrated to a supergroup!</t>
+        </is>
+      </c>
+      <c r="D500" t="inlineStr"/>
+      <c r="E500" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F500" t="inlineStr">
+        <is>
+          <t>handlers.migrate</t>
+        </is>
+      </c>
+      <c r="G500" t="inlineStr"/>
+      <c r="H500" t="inlineStr"/>
+    </row>
+    <row r="501">
+      <c r="A501" t="inlineStr"/>
+      <c r="B501" t="inlineStr">
+        <is>
+          <t>Нативная блокировка</t>
+        </is>
+      </c>
+      <c r="C501" t="inlineStr">
+        <is>
+          <t>Native ban</t>
+        </is>
+      </c>
+      <c r="D501" t="inlineStr"/>
+      <c r="E501" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F501" t="inlineStr">
+        <is>
+          <t>handlers.nativeBan</t>
+        </is>
+      </c>
+      <c r="G501" t="inlineStr"/>
+      <c r="H501" t="inlineStr"/>
+    </row>
+    <row r="502">
+      <c r="A502" t="inlineStr"/>
+      <c r="B502" t="inlineStr">
+        <is>
+          <t>{{user}} за отправку реакций во время мута вы можете быть заблокированы!</t>
+        </is>
+      </c>
+      <c r="C502" t="inlineStr">
+        <is>
+          <t>{{user}} you can be banned for sending reactions during mute!</t>
+        </is>
+      </c>
+      <c r="D502" t="inlineStr"/>
+      <c r="E502" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F502" t="inlineStr">
+        <is>
+          <t>handlers.reactions.notify</t>
+        </is>
+      </c>
+      <c r="G502" t="inlineStr"/>
+      <c r="H502" t="inlineStr"/>
+    </row>
+    <row r="503">
+      <c r="A503" t="inlineStr"/>
+      <c r="B503" t="inlineStr">
+        <is>
+          <t>реакции в муте</t>
+        </is>
+      </c>
+      <c r="C503" t="inlineStr">
+        <is>
+          <t>reactions while mute is active</t>
+        </is>
+      </c>
+      <c r="D503" t="inlineStr"/>
+      <c r="E503" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F503" t="inlineStr">
+        <is>
+          <t>handlers.reactions.reason</t>
+        </is>
+      </c>
+      <c r="G503" t="inlineStr"/>
+      <c r="H503" t="inlineStr"/>
+    </row>
+    <row r="504">
+      <c r="A504" t="inlineStr"/>
+      <c r="B504" t="inlineStr">
+        <is>
+          <t>Репутация уменьшена!</t>
+        </is>
+      </c>
+      <c r="C504" t="inlineStr">
+        <is>
+          <t>Reputation decreased!</t>
+        </is>
+      </c>
+      <c r="D504" t="inlineStr"/>
+      <c r="E504" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F504" t="inlineStr">
+        <is>
+          <t>handlers.reputation.down</t>
+        </is>
+      </c>
+      <c r="G504" t="inlineStr"/>
+      <c r="H504" t="inlineStr"/>
+    </row>
+    <row r="505">
+      <c r="A505" t="inlineStr"/>
+      <c r="B505" t="inlineStr">
+        <is>
+          <t>Репутация увеличена!</t>
+        </is>
+      </c>
+      <c r="C505" t="inlineStr">
+        <is>
+          <t>Reputation increased!</t>
+        </is>
+      </c>
+      <c r="D505" t="inlineStr"/>
+      <c r="E505" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F505" t="inlineStr">
+        <is>
+          <t>handlers.reputation.up</t>
+        </is>
+      </c>
+      <c r="G505" t="inlineStr"/>
+      <c r="H505" t="inlineStr"/>
+    </row>
+    <row r="506">
+      <c r="A506" t="inlineStr"/>
+      <c r="B506" t="inlineStr">
+        <is>
           <t>Статус пака {{name}}
 Проиндексирован: {{date}}
 {{statuses}}</t>
         </is>
       </c>
-      <c r="C499" t="inlineStr">
+      <c r="C506" t="inlineStr">
         <is>
           <t>Pack status {{name}}
 Indexed: {{date}}
 {{statuses}}</t>
         </is>
       </c>
-      <c r="D499" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F499" t="inlineStr">
+      <c r="D506" t="inlineStr"/>
+      <c r="E506" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F506" t="inlineStr">
         <is>
           <t>handlers.stickerInfo.pack</t>
         </is>
       </c>
-      <c r="G499" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B500" t="inlineStr">
+      <c r="G506" t="inlineStr"/>
+      <c r="H506" t="inlineStr"/>
+    </row>
+    <row r="507">
+      <c r="A507" t="inlineStr"/>
+      <c r="B507" t="inlineStr">
         <is>
           <t>Сообщить об ошибке</t>
         </is>
       </c>
-      <c r="C500" t="inlineStr">
+      <c r="C507" t="inlineStr">
         <is>
           <t>Report a misstake</t>
         </is>
       </c>
-      <c r="D500" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F500" t="inlineStr">
+      <c r="D507" t="inlineStr"/>
+      <c r="E507" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F507" t="inlineStr">
         <is>
           <t>handlers.stickerInfo.report</t>
         </is>
       </c>
-      <c r="G500" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B501" t="inlineStr">
+      <c r="G507" t="inlineStr"/>
+      <c r="H507" t="inlineStr"/>
+    </row>
+    <row r="508">
+      <c r="A508" t="inlineStr"/>
+      <c r="B508" t="inlineStr">
         <is>
           <t>Статус стикера: {{status}}
 Категория: {{nsfw}}</t>
         </is>
       </c>
-      <c r="C501" t="inlineStr">
+      <c r="C508" t="inlineStr">
         <is>
           <t>Sticker status: {{status}}
 Category: {{nsfw}}</t>
         </is>
       </c>
-      <c r="D501" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F501" t="inlineStr">
+      <c r="D508" t="inlineStr"/>
+      <c r="E508" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F508" t="inlineStr">
         <is>
           <t>handlers.stickerInfo.single</t>
         </is>
       </c>
-      <c r="G501" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B502" t="inlineStr">
+      <c r="G508" t="inlineStr"/>
+      <c r="H508" t="inlineStr"/>
+    </row>
+    <row r="509">
+      <c r="A509" t="inlineStr"/>
+      <c r="B509" t="inlineStr">
         <is>
           <t>Сработал триггер {{name}} в чате {{title}}: {{text}}</t>
         </is>
       </c>
-      <c r="C502" t="inlineStr">
+      <c r="C509" t="inlineStr">
         <is>
           <t>The {{name}} triggered in the {{title}} chat: {{text}}</t>
         </is>
       </c>
-      <c r="D502" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F502" t="inlineStr">
+      <c r="D509" t="inlineStr"/>
+      <c r="E509" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F509" t="inlineStr">
         <is>
           <t>handlers.trigger.got</t>
         </is>
       </c>
-      <c r="G502" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B503" t="inlineStr">
+      <c r="G509" t="inlineStr"/>
+      <c r="H509" t="inlineStr"/>
+    </row>
+    <row r="510">
+      <c r="A510" t="inlineStr"/>
+      <c r="B510" t="inlineStr">
         <is>
           <t>Чистка удалённых аккаунтов: {{progress}}%</t>
         </is>
       </c>
-      <c r="C503" t="inlineStr">
+      <c r="C510" t="inlineStr">
         <is>
           <t>Cleaning deleted accounts: {{progress}}%</t>
         </is>
       </c>
-      <c r="D503" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F503" t="inlineStr">
+      <c r="D510" t="inlineStr"/>
+      <c r="E510" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F510" t="inlineStr">
         <is>
           <t>native.clear_deleted.clearing</t>
         </is>
       </c>
-      <c r="G503" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B504" t="inlineStr">
+      <c r="G510" t="inlineStr"/>
+      <c r="H510" t="inlineStr"/>
+    </row>
+    <row r="511">
+      <c r="A511" t="inlineStr"/>
+      <c r="B511" t="inlineStr">
         <is>
           <t>Поиск удалённых аккаунтов: {{progress}}%</t>
         </is>
       </c>
-      <c r="C504" t="inlineStr">
+      <c r="C511" t="inlineStr">
         <is>
           <t>Search for deleted accounts: {{progress}}%</t>
         </is>
       </c>
-      <c r="D504" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F504" t="inlineStr">
+      <c r="D511" t="inlineStr"/>
+      <c r="E511" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F511" t="inlineStr">
         <is>
           <t>native.clear_deleted.collecting</t>
         </is>
       </c>
-      <c r="G504" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B505" t="inlineStr">
+      <c r="G511" t="inlineStr"/>
+      <c r="H511" t="inlineStr"/>
+    </row>
+    <row r="512">
+      <c r="A512" t="inlineStr"/>
+      <c r="B512" t="inlineStr">
         <is>
           <t>Чистка удалённых аккаунтов завершена!
 Удалённых аккаунтов: {{deleted}}
 Ошибок удаления со стороны Telegram: {{errors}}</t>
         </is>
       </c>
-      <c r="C505" t="inlineStr">
+      <c r="C512" t="inlineStr">
         <is>
           <t>Deleted accounts cleanup complete!
 Deleted accounts: {{deleted}}
 Deletion errors on Telegram's side: {{errors}}</t>
         </is>
       </c>
-      <c r="D505" t="inlineStr"/>
-[...180 lines deleted...]
-      </c>
       <c r="D512" t="inlineStr"/>
       <c r="E512" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F512" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.condition.command</t>
+          <t>native.clear_deleted.finished</t>
         </is>
       </c>
       <c r="G512" t="inlineStr"/>
       <c r="H512" t="inlineStr"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr"/>
       <c r="B513" t="inlineStr">
         <is>
-          <t>Содержит текст</t>
+          <t>Задача на чистку удалённых аккаунтов началась!</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Contains text</t>
+          <t>The task of cleaning up deleted accounts has begun!</t>
         </is>
       </c>
       <c r="D513" t="inlineStr"/>
       <c r="E513" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F513" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.condition.contains</t>
+          <t>native.clear_deleted.started</t>
         </is>
       </c>
       <c r="G513" t="inlineStr"/>
       <c r="H513" t="inlineStr"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr"/>
       <c r="B514" t="inlineStr">
         <is>
-          <t>Точное совпадение</t>
+          <t>Отправьте сообщение которое будет прикпеплено к ограничению!</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Exact match</t>
+          <t>Send message which will attached to restriction!</t>
         </is>
       </c>
       <c r="D514" t="inlineStr"/>
       <c r="E514" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F514" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.condition.match</t>
+          <t>scenes.addAttach.enter</t>
         </is>
       </c>
       <c r="G514" t="inlineStr"/>
       <c r="H514" t="inlineStr"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr"/>
       <c r="B515" t="inlineStr">
         <is>
-          <t>Регулярное выражение</t>
+          <t>Введите команду:</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Regular Expression</t>
+          <t>Enter command:</t>
         </is>
       </c>
       <c r="D515" t="inlineStr"/>
       <c r="E515" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F515" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.condition.regex</t>
+          <t>scenes.addCommand.enterCommand</t>
         </is>
       </c>
       <c r="G515" t="inlineStr"/>
       <c r="H515" t="inlineStr"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr"/>
       <c r="B516" t="inlineStr">
         <is>
-          <t>Выберите действие на триггер:</t>
+          <t>Токен {{name}} создан!</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>Select trigger action:</t>
+          <t>Token {{name}} created!</t>
         </is>
       </c>
       <c r="D516" t="inlineStr"/>
       <c r="E516" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F516" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.enterAction</t>
+          <t>scenes.addToken.created</t>
         </is>
       </c>
       <c r="G516" t="inlineStr"/>
       <c r="H516" t="inlineStr"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr"/>
       <c r="B517" t="inlineStr">
         <is>
-          <t>Введите команду, на которую будет срабатывать триггер:</t>
+          <t>Введите название токена:</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>Enter the command to be triggered by the trigger:</t>
+          <t>Enter token name:</t>
         </is>
       </c>
       <c r="D517" t="inlineStr"/>
       <c r="E517" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F517" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.enterCommand</t>
+          <t>scenes.addToken.enterName</t>
         </is>
       </c>
       <c r="G517" t="inlineStr"/>
       <c r="H517" t="inlineStr"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr"/>
       <c r="B518" t="inlineStr">
         <is>
-          <t>Выберите тип условия для триггера:</t>
+          <t>Нецензурная лексика (русская)</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>Select condition type for trigger:</t>
+          <t>Sweating (russian)</t>
         </is>
       </c>
       <c r="D518" t="inlineStr"/>
       <c r="E518" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F518" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.enterConditionType</t>
+          <t>scenes.addTrigger.condition.badwordsRU</t>
         </is>
       </c>
       <c r="G518" t="inlineStr"/>
       <c r="H518" t="inlineStr"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr"/>
       <c r="B519" t="inlineStr">
         <is>
-          <t>Введите текст, который должно содержать сообщение для сработки:</t>
+          <t>Команда</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>Enter the text that the triggering message should contain:</t>
+          <t>Command</t>
         </is>
       </c>
       <c r="D519" t="inlineStr"/>
       <c r="E519" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F519" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.enterContains</t>
+          <t>scenes.addTrigger.condition.command</t>
         </is>
       </c>
       <c r="G519" t="inlineStr"/>
       <c r="H519" t="inlineStr"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr"/>
       <c r="B520" t="inlineStr">
         <is>
-          <t>Введите длительность ограничения:</t>
+          <t>Содержит текст</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Enter restriction duration:</t>
+          <t>Contains text</t>
         </is>
       </c>
       <c r="D520" t="inlineStr"/>
       <c r="E520" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F520" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.enterDuration</t>
+          <t>scenes.addTrigger.condition.contains</t>
         </is>
       </c>
       <c r="G520" t="inlineStr"/>
       <c r="H520" t="inlineStr"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr"/>
       <c r="B521" t="inlineStr">
         <is>
-          <t>Введите текст сообщения для сработки:</t>
+          <t>Точное совпадение</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Enter the text of the message to be triggered:</t>
+          <t>Exact match</t>
         </is>
       </c>
       <c r="D521" t="inlineStr"/>
       <c r="E521" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F521" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.enterMatch</t>
+          <t>scenes.addTrigger.condition.match</t>
         </is>
       </c>
       <c r="G521" t="inlineStr"/>
       <c r="H521" t="inlineStr"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr"/>
       <c r="B522" t="inlineStr">
         <is>
-          <t>Введите отправляемое сообщение:</t>
+          <t>Регулярное выражение</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Enter respond message:</t>
+          <t>Regular Expression</t>
         </is>
       </c>
       <c r="D522" t="inlineStr"/>
       <c r="E522" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F522" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.enterMessage</t>
+          <t>scenes.addTrigger.condition.regex</t>
         </is>
       </c>
       <c r="G522" t="inlineStr"/>
       <c r="H522" t="inlineStr"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr"/>
       <c r="B523" t="inlineStr">
         <is>
-          <t>Введите название триггера:</t>
+          <t>Выберите действие на триггер:</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Enter trigger name:</t>
+          <t>Select trigger action:</t>
         </is>
       </c>
       <c r="D523" t="inlineStr"/>
       <c r="E523" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F523" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.enterName</t>
+          <t>scenes.addTrigger.enterAction</t>
         </is>
       </c>
       <c r="G523" t="inlineStr"/>
       <c r="H523" t="inlineStr"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr"/>
       <c r="B524" t="inlineStr">
         <is>
-          <t>Введите регулярное выражение для триггера (попробуйте на regex101.com):</t>
+          <t>Введите команду, на которую будет срабатывать триггер:</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Enter regex for trigger (you can try it on regex101.com):</t>
+          <t>Enter the command to be triggered by the trigger:</t>
         </is>
       </c>
       <c r="D524" t="inlineStr"/>
       <c r="E524" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F524" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.enterRegex</t>
+          <t>scenes.addTrigger.enterCommand</t>
         </is>
       </c>
       <c r="G524" t="inlineStr"/>
       <c r="H524" t="inlineStr"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr"/>
       <c r="B525" t="inlineStr">
         <is>
-          <t>Введите количество добавляемой репутации:</t>
+          <t>Выберите тип условия для триггера:</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Enter the amount of reputation to be added:</t>
+          <t>Select condition type for trigger:</t>
         </is>
       </c>
       <c r="D525" t="inlineStr"/>
       <c r="E525" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F525" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.enterReputation</t>
+          <t>scenes.addTrigger.enterConditionType</t>
         </is>
       </c>
       <c r="G525" t="inlineStr"/>
       <c r="H525" t="inlineStr"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr"/>
       <c r="B526" t="inlineStr">
         <is>
-          <t>Выбрите получателя репутации:</t>
+          <t>Введите текст, который должно содержать сообщение для сработки:</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Select the recipient of the reputation:</t>
+          <t>Enter the text that the triggering message should contain:</t>
         </is>
       </c>
       <c r="D526" t="inlineStr"/>
       <c r="E526" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F526" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.enterReputationGetter</t>
+          <t>scenes.addTrigger.enterContains</t>
         </is>
       </c>
       <c r="G526" t="inlineStr"/>
       <c r="H526" t="inlineStr"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr"/>
       <c r="B527" t="inlineStr">
         <is>
-          <t>Выберите, какой текст будет проверяться:</t>
+          <t>Введите длительность ограничения:</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Select text to check:</t>
+          <t>Enter restriction duration:</t>
         </is>
       </c>
       <c r="D527" t="inlineStr"/>
       <c r="E527" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F527" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.enterSource</t>
+          <t>scenes.addTrigger.enterDuration</t>
         </is>
       </c>
       <c r="G527" t="inlineStr"/>
       <c r="H527" t="inlineStr"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr"/>
       <c r="B528" t="inlineStr">
         <is>
-          <t>Проверять изменение сообщений?</t>
+          <t>Введите текст сообщения для сработки:</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Check edited messages text?</t>
+          <t>Enter the text of the message to be triggered:</t>
         </is>
       </c>
       <c r="D528" t="inlineStr"/>
       <c r="E528" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F528" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.enterTriggerAtEdit</t>
+          <t>scenes.addTrigger.enterMatch</t>
         </is>
       </c>
       <c r="G528" t="inlineStr"/>
       <c r="H528" t="inlineStr"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr"/>
       <c r="B529" t="inlineStr">
         <is>
-          <t>Пользователь получивший ответ</t>
+          <t>Введите отправляемое сообщение:</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>User receiving a reply</t>
+          <t>Enter respond message:</t>
         </is>
       </c>
       <c r="D529" t="inlineStr"/>
       <c r="E529" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F529" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.reputation.replier</t>
+          <t>scenes.addTrigger.enterMessage</t>
         </is>
       </c>
       <c r="G529" t="inlineStr"/>
       <c r="H529" t="inlineStr"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr"/>
       <c r="B530" t="inlineStr">
         <is>
-          <t>Отправитель сообщения</t>
+          <t>Введите название триггера:</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>Message sender</t>
+          <t>Enter trigger name:</t>
         </is>
       </c>
       <c r="D530" t="inlineStr"/>
       <c r="E530" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F530" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.reputation.sender</t>
+          <t>scenes.addTrigger.enterName</t>
         </is>
       </c>
       <c r="G530" t="inlineStr"/>
       <c r="H530" t="inlineStr"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr"/>
       <c r="B531" t="inlineStr">
         <is>
-          <t>Описание пользователя</t>
+          <t>Введите регулярное выражение для триггера (попробуйте на regex101.com):</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>User's bio</t>
+          <t>Enter regex for trigger (you can try it on regex101.com):</t>
         </is>
       </c>
       <c r="D531" t="inlineStr"/>
       <c r="E531" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F531" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.source.bio_text</t>
+          <t>scenes.addTrigger.enterRegex</t>
         </is>
       </c>
       <c r="G531" t="inlineStr"/>
       <c r="H531" t="inlineStr"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr"/>
       <c r="B532" t="inlineStr">
         <is>
-          <t>Название привязанного канала</t>
+          <t>Введите количество добавляемой репутации:</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Title of linked channel</t>
+          <t>Enter the amount of reputation to be added:</t>
         </is>
       </c>
       <c r="D532" t="inlineStr"/>
       <c r="E532" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F532" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.source.linked_channel_text</t>
+          <t>scenes.addTrigger.enterReputation</t>
         </is>
       </c>
       <c r="G532" t="inlineStr"/>
       <c r="H532" t="inlineStr"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr"/>
       <c r="B533" t="inlineStr">
         <is>
-          <t>Текст сообщения</t>
+          <t>Выбрите получателя репутации:</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>Message text</t>
+          <t>Select the recipient of the reputation:</t>
         </is>
       </c>
       <c r="D533" t="inlineStr"/>
       <c r="E533" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F533" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.source.message_text</t>
+          <t>scenes.addTrigger.enterReputationGetter</t>
         </is>
       </c>
       <c r="G533" t="inlineStr"/>
       <c r="H533" t="inlineStr"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr"/>
       <c r="B534" t="inlineStr">
         <is>
-          <t>Имя пользователя</t>
+          <t>Выберите, какой текст будет проверяться:</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>User's name</t>
+          <t>Select text to check:</t>
         </is>
       </c>
       <c r="D534" t="inlineStr"/>
       <c r="E534" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F534" t="inlineStr">
         <is>
-          <t>scenes.addTrigger.source.name_text</t>
+          <t>scenes.addTrigger.enterSource</t>
         </is>
       </c>
       <c r="G534" t="inlineStr"/>
       <c r="H534" t="inlineStr"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr"/>
       <c r="B535" t="inlineStr">
         <is>
-          <t>Готово!</t>
+          <t>Проверять изменение сообщений?</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Done!</t>
+          <t>Check edited messages text?</t>
         </is>
       </c>
       <c r="D535" t="inlineStr"/>
       <c r="E535" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F535" t="inlineStr">
         <is>
-          <t>scenes.announce.done</t>
+          <t>scenes.addTrigger.enterTriggerAtEdit</t>
         </is>
       </c>
       <c r="G535" t="inlineStr"/>
       <c r="H535" t="inlineStr"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr"/>
       <c r="B536" t="inlineStr">
         <is>
-          <t>Выберите чат используя кнопку ниже</t>
+          <t>Пользователь получивший ответ</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Select chat using button bellow</t>
+          <t>User receiving a reply</t>
         </is>
       </c>
       <c r="D536" t="inlineStr"/>
       <c r="E536" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F536" t="inlineStr">
         <is>
-          <t>scenes.announce.enter</t>
+          <t>scenes.addTrigger.reputation.replier</t>
         </is>
       </c>
       <c r="G536" t="inlineStr"/>
       <c r="H536" t="inlineStr"/>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr"/>
       <c r="B537" t="inlineStr">
         <is>
-          <t>Отправьте сообщение которое будет отправлено от имени бота! Используйте /stop для завершения!</t>
+          <t>Отправитель сообщения</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Send message which will sent from bot's name! Use /stop to stop!</t>
+          <t>Message sender</t>
         </is>
       </c>
       <c r="D537" t="inlineStr"/>
       <c r="E537" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F537" t="inlineStr">
         <is>
-          <t>scenes.announce.sendMessage</t>
+          <t>scenes.addTrigger.reputation.sender</t>
         </is>
       </c>
       <c r="G537" t="inlineStr"/>
       <c r="H537" t="inlineStr"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr"/>
       <c r="B538" t="inlineStr">
         <is>
-          <t>Добавить требование прав</t>
+          <t>Описание пользователя</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Add permission requirement</t>
+          <t>User's bio</t>
         </is>
       </c>
       <c r="D538" t="inlineStr"/>
       <c r="E538" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F538" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.add_permissions</t>
+          <t>scenes.addTrigger.source.bio_text</t>
         </is>
       </c>
       <c r="G538" t="inlineStr"/>
       <c r="H538" t="inlineStr"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr"/>
       <c r="B539" t="inlineStr">
         <is>
-          <t>Добавить требование репутации репортов</t>
+          <t>Название привязанного канала</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Add a report reputation requirement</t>
+          <t>Title of linked channel</t>
         </is>
       </c>
       <c r="D539" t="inlineStr"/>
       <c r="E539" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F539" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.add_reports_reputation</t>
+          <t>scenes.addTrigger.source.linked_channel_text</t>
         </is>
       </c>
       <c r="G539" t="inlineStr"/>
       <c r="H539" t="inlineStr"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr"/>
       <c r="B540" t="inlineStr">
         <is>
-          <t>Добавить требование репутации чата</t>
+          <t>Текст сообщения</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Add a chat reputation requirement</t>
+          <t>Message text</t>
         </is>
       </c>
       <c r="D540" t="inlineStr"/>
       <c r="E540" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F540" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.add_reputation</t>
+          <t>scenes.addTrigger.source.message_text</t>
         </is>
       </c>
       <c r="G540" t="inlineStr"/>
       <c r="H540" t="inlineStr"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr"/>
       <c r="B541" t="inlineStr">
         <is>
-          <t>Изменить требование прав</t>
+          <t>Имя пользователя</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Edit permission requirement</t>
+          <t>User's name</t>
         </is>
       </c>
       <c r="D541" t="inlineStr"/>
       <c r="E541" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F541" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.edit_permissions</t>
+          <t>scenes.addTrigger.source.name_text</t>
         </is>
       </c>
       <c r="G541" t="inlineStr"/>
       <c r="H541" t="inlineStr"/>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr"/>
       <c r="B542" t="inlineStr">
         <is>
-          <t>Изменить требование репутации репортов</t>
+          <t>Готово!</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
-          <t>Change the report reputation requirement</t>
+          <t>Done!</t>
         </is>
       </c>
       <c r="D542" t="inlineStr"/>
       <c r="E542" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F542" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.edit_reports_reputation</t>
+          <t>scenes.announce.done</t>
         </is>
       </c>
       <c r="G542" t="inlineStr"/>
       <c r="H542" t="inlineStr"/>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr"/>
       <c r="B543" t="inlineStr">
         <is>
-          <t>Изменить репутацию чата</t>
+          <t>Выберите чат используя кнопку ниже</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
-          <t>Change chat reputation</t>
+          <t>Select chat using button bellow</t>
         </is>
       </c>
       <c r="D543" t="inlineStr"/>
       <c r="E543" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F543" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.edit_reputation</t>
+          <t>scenes.announce.enter</t>
         </is>
       </c>
       <c r="G543" t="inlineStr"/>
       <c r="H543" t="inlineStr"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr"/>
       <c r="B544" t="inlineStr">
         <is>
-          <t>Введите команду</t>
+          <t>Отправьте сообщение которое будет отправлено от имени бота! Используйте /stop для завершения!</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
-          <t>Enter command</t>
+          <t>Send message which will sent from bot's name! Use /stop to stop!</t>
         </is>
       </c>
       <c r="D544" t="inlineStr"/>
       <c r="E544" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F544" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.enter_command</t>
+          <t>scenes.announce.sendMessage</t>
         </is>
       </c>
       <c r="G544" t="inlineStr"/>
       <c r="H544" t="inlineStr"/>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr"/>
       <c r="B545" t="inlineStr">
         <is>
-          <t>Введите количество требуемой репутации репортов</t>
+          <t>Добавить требование прав</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
-          <t>Enter the amount of report reputation required</t>
+          <t>Add permission requirement</t>
         </is>
       </c>
       <c r="D545" t="inlineStr"/>
       <c r="E545" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F545" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.enter_new_reports_reputation</t>
+          <t>scenes.command_restrictions.add_permissions</t>
         </is>
       </c>
       <c r="G545" t="inlineStr"/>
       <c r="H545" t="inlineStr"/>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr"/>
       <c r="B546" t="inlineStr">
         <is>
-          <t>Введите количество требуемой репутации</t>
+          <t>Добавить требование репутации репортов</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
-          <t>Enter the amount of reputation required</t>
+          <t>Add a report reputation requirement</t>
         </is>
       </c>
       <c r="D546" t="inlineStr"/>
       <c r="E546" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F546" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.enter_new_reputation</t>
+          <t>scenes.command_restrictions.add_reports_reputation</t>
         </is>
       </c>
       <c r="G546" t="inlineStr"/>
       <c r="H546" t="inlineStr"/>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr"/>
       <c r="B547" t="inlineStr">
         <is>
-          <t>Укажите, кто может использовать эту команду.
-Выберите используя кнопки или отправьте приоритет до которого она будет доступна.</t>
+          <t>Добавить требование репутации чата</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
-          <t>Specify, who can use this command.
-Select using the buttons or send the priority until which it will be available.</t>
+          <t>Add a chat reputation requirement</t>
         </is>
       </c>
       <c r="D547" t="inlineStr"/>
       <c r="E547" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F547" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.enter_permission</t>
+          <t>scenes.command_restrictions.add_reputation</t>
         </is>
       </c>
       <c r="G547" t="inlineStr"/>
       <c r="H547" t="inlineStr"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr"/>
       <c r="B548" t="inlineStr">
         <is>
-          <t>Введите количество требуемой репутации репортов</t>
+          <t>Изменить требование прав</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
-          <t>Enter the amount of report reputation required</t>
+          <t>Edit permission requirement</t>
         </is>
       </c>
       <c r="D548" t="inlineStr"/>
       <c r="E548" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F548" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.enter_reports_reputation</t>
+          <t>scenes.command_restrictions.edit_permissions</t>
         </is>
       </c>
       <c r="G548" t="inlineStr"/>
       <c r="H548" t="inlineStr"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr"/>
       <c r="B549" t="inlineStr">
         <is>
-          <t>Введите количество требуемой репутации в чате</t>
+          <t>Изменить требование репутации репортов</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
-          <t>Enter the amount of chat reputation required</t>
+          <t>Change the report reputation requirement</t>
         </is>
       </c>
       <c r="D549" t="inlineStr"/>
       <c r="E549" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F549" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.enter_reputation</t>
+          <t>scenes.command_restrictions.edit_reports_reputation</t>
         </is>
       </c>
       <c r="G549" t="inlineStr"/>
       <c r="H549" t="inlineStr"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr"/>
       <c r="B550" t="inlineStr">
         <is>
-          <t>Ограничения команд в чате {{title}}</t>
+          <t>Изменить репутацию чата</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
-          <t>Command restrictions in chat {{title}}</t>
+          <t>Change chat reputation</t>
         </is>
       </c>
       <c r="D550" t="inlineStr"/>
       <c r="E550" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F550" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.header</t>
+          <t>scenes.command_restrictions.edit_reputation</t>
         </is>
       </c>
       <c r="G550" t="inlineStr"/>
       <c r="H550" t="inlineStr"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr"/>
       <c r="B551" t="inlineStr">
         <is>
-          <t>Ограничение использования команды:</t>
+          <t>Введите команду</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
-          <t>Command usage restrictions:</t>
+          <t>Enter command</t>
         </is>
       </c>
       <c r="D551" t="inlineStr"/>
       <c r="E551" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F551" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.info</t>
+          <t>scenes.command_restrictions.enter_command</t>
         </is>
       </c>
       <c r="G551" t="inlineStr"/>
       <c r="H551" t="inlineStr"/>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr"/>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Ограничений не добавлено!</t>
+          <t>Введите количество требуемой репутации репортов</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
-          <t>No restrictions been added!</t>
+          <t>Enter the amount of report reputation required</t>
         </is>
       </c>
       <c r="D552" t="inlineStr"/>
       <c r="E552" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F552" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.no_restrictions</t>
+          <t>scenes.command_restrictions.enter_new_reports_reputation</t>
         </is>
       </c>
       <c r="G552" t="inlineStr"/>
       <c r="H552" t="inlineStr"/>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr"/>
       <c r="B553" t="inlineStr">
         <is>
-          <t>Ограничение не найдено</t>
+          <t>Введите количество требуемой репутации</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
-          <t>Command restriction not found</t>
+          <t>Enter the amount of reputation required</t>
         </is>
       </c>
       <c r="D553" t="inlineStr"/>
       <c r="E553" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F553" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.notFound</t>
+          <t>scenes.command_restrictions.enter_new_reputation</t>
         </is>
       </c>
       <c r="G553" t="inlineStr"/>
       <c r="H553" t="inlineStr"/>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr"/>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Не требовать прав</t>
+          <t>Укажите, кто может использовать эту команду.
+Выберите используя кнопки или отправьте приоритет до которого она будет доступна.</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>Disable permission requirement</t>
+          <t>Specify, who can use this command.
+Select using the buttons or send the priority until which it will be available.</t>
         </is>
       </c>
       <c r="D554" t="inlineStr"/>
       <c r="E554" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F554" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.remove_permissions</t>
+          <t>scenes.command_restrictions.enter_permission</t>
         </is>
       </c>
       <c r="G554" t="inlineStr"/>
       <c r="H554" t="inlineStr"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr"/>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Не требовать репутацию репортов</t>
+          <t>Введите количество требуемой репутации репортов</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
-          <t>Don't demand report reputation</t>
+          <t>Enter the amount of report reputation required</t>
         </is>
       </c>
       <c r="D555" t="inlineStr"/>
       <c r="E555" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F555" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.remove_reports_reputation</t>
+          <t>scenes.command_restrictions.enter_reports_reputation</t>
         </is>
       </c>
       <c r="G555" t="inlineStr"/>
       <c r="H555" t="inlineStr"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr"/>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Не требовать репутацию</t>
+          <t>Введите количество требуемой репутации в чате</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
-          <t>Don't demand a reputation</t>
+          <t>Enter the amount of chat reputation required</t>
         </is>
       </c>
       <c r="D556" t="inlineStr"/>
       <c r="E556" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F556" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.remove_reputation</t>
+          <t>scenes.command_restrictions.enter_reputation</t>
         </is>
       </c>
       <c r="G556" t="inlineStr"/>
       <c r="H556" t="inlineStr"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr"/>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Репутация репортов:</t>
+          <t>Ограничения команд в чате {{title}}</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
-          <t>Reports reputation:</t>
+          <t>Command restrictions in chat {{title}}</t>
         </is>
       </c>
       <c r="D557" t="inlineStr"/>
       <c r="E557" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F557" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.reports_reputation</t>
+          <t>scenes.command_restrictions.header</t>
         </is>
       </c>
       <c r="G557" t="inlineStr"/>
       <c r="H557" t="inlineStr"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr"/>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Репутация в чате:</t>
+          <t>Ограничение использования команды:</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
-          <t>Reputation in chat:</t>
+          <t>Command usage restrictions:</t>
         </is>
       </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.reputation</t>
+          <t>scenes.command_restrictions.info</t>
         </is>
       </c>
       <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr"/>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Пропустить</t>
+          <t>Ограничений не добавлено!</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>Skip</t>
+          <t>No restrictions been added!</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.skip_reports_reputation</t>
+          <t>scenes.command_restrictions.no_restrictions</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr"/>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Пропустить</t>
+          <t>Ограничение не найдено</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Skip</t>
+          <t>Command restriction not found</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.skip_reputation</t>
+          <t>scenes.command_restrictions.notFound</t>
         </is>
       </c>
       <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr"/>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Введите текст ответа:</t>
+          <t>Не требовать прав</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Enter respond text:</t>
+          <t>Disable permission requirement</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>scenes.commands.enterText</t>
+          <t>scenes.command_restrictions.remove_permissions</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr"/>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Команды в чате {{title}}:</t>
+          <t>Не требовать репутацию репортов</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Commands in chat {{title}}:</t>
+          <t>Don't demand report reputation</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>scenes.commands.header</t>
+          <t>scenes.command_restrictions.remove_reports_reputation</t>
         </is>
       </c>
       <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr"/>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Команда не найдена!</t>
+          <t>Не требовать репутацию</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>Command not found!</t>
+          <t>Don't demand a reputation</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>scenes.commands.notFound</t>
+          <t>scenes.command_restrictions.remove_reputation</t>
         </is>
       </c>
       <c r="G563" t="inlineStr"/>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr"/>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Редактировать алиасы</t>
+          <t>Репутация репортов:</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Edit aliases</t>
+          <t>Reports reputation:</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>scenes.editCommand.editAliases</t>
+          <t>scenes.command_restrictions.reports_reputation</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr"/>
       <c r="B565" t="inlineStr">
         <is>
-          <t>Редактировать текст</t>
+          <t>Репутация в чате:</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>Edit text</t>
+          <t>Reputation in chat:</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
-          <t>scenes.editCommand.editText</t>
+          <t>scenes.command_restrictions.reputation</t>
         </is>
       </c>
       <c r="G565" t="inlineStr"/>
       <c r="H565" t="inlineStr"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr"/>
       <c r="B566" t="inlineStr">
         <is>
+          <t>Пропустить</t>
+        </is>
+      </c>
+      <c r="C566" t="inlineStr">
+        <is>
+          <t>Skip</t>
+        </is>
+      </c>
+      <c r="D566" t="inlineStr"/>
+      <c r="E566" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F566" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.skip_reports_reputation</t>
+        </is>
+      </c>
+      <c r="G566" t="inlineStr"/>
+      <c r="H566" t="inlineStr"/>
+    </row>
+    <row r="567">
+      <c r="A567" t="inlineStr"/>
+      <c r="B567" t="inlineStr">
+        <is>
+          <t>Пропустить</t>
+        </is>
+      </c>
+      <c r="C567" t="inlineStr">
+        <is>
+          <t>Skip</t>
+        </is>
+      </c>
+      <c r="D567" t="inlineStr"/>
+      <c r="E567" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F567" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.skip_reputation</t>
+        </is>
+      </c>
+      <c r="G567" t="inlineStr"/>
+      <c r="H567" t="inlineStr"/>
+    </row>
+    <row r="568">
+      <c r="A568" t="inlineStr"/>
+      <c r="B568" t="inlineStr">
+        <is>
+          <t>Введите текст ответа:</t>
+        </is>
+      </c>
+      <c r="C568" t="inlineStr">
+        <is>
+          <t>Enter respond text:</t>
+        </is>
+      </c>
+      <c r="D568" t="inlineStr"/>
+      <c r="E568" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F568" t="inlineStr">
+        <is>
+          <t>scenes.commands.enterText</t>
+        </is>
+      </c>
+      <c r="G568" t="inlineStr"/>
+      <c r="H568" t="inlineStr"/>
+    </row>
+    <row r="569">
+      <c r="A569" t="inlineStr"/>
+      <c r="B569" t="inlineStr">
+        <is>
+          <t>Команды в чате {{title}}:</t>
+        </is>
+      </c>
+      <c r="C569" t="inlineStr">
+        <is>
+          <t>Commands in chat {{title}}:</t>
+        </is>
+      </c>
+      <c r="D569" t="inlineStr"/>
+      <c r="E569" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F569" t="inlineStr">
+        <is>
+          <t>scenes.commands.header</t>
+        </is>
+      </c>
+      <c r="G569" t="inlineStr"/>
+      <c r="H569" t="inlineStr"/>
+    </row>
+    <row r="570">
+      <c r="A570" t="inlineStr"/>
+      <c r="B570" t="inlineStr">
+        <is>
+          <t>Команда не найдена!</t>
+        </is>
+      </c>
+      <c r="C570" t="inlineStr">
+        <is>
+          <t>Command not found!</t>
+        </is>
+      </c>
+      <c r="D570" t="inlineStr"/>
+      <c r="E570" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F570" t="inlineStr">
+        <is>
+          <t>scenes.commands.notFound</t>
+        </is>
+      </c>
+      <c r="G570" t="inlineStr"/>
+      <c r="H570" t="inlineStr"/>
+    </row>
+    <row r="571">
+      <c r="A571" t="inlineStr"/>
+      <c r="B571" t="inlineStr">
+        <is>
+          <t>Редактировать алиасы</t>
+        </is>
+      </c>
+      <c r="C571" t="inlineStr">
+        <is>
+          <t>Edit aliases</t>
+        </is>
+      </c>
+      <c r="D571" t="inlineStr"/>
+      <c r="E571" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F571" t="inlineStr">
+        <is>
+          <t>scenes.editCommand.editAliases</t>
+        </is>
+      </c>
+      <c r="G571" t="inlineStr"/>
+      <c r="H571" t="inlineStr"/>
+    </row>
+    <row r="572">
+      <c r="A572" t="inlineStr"/>
+      <c r="B572" t="inlineStr">
+        <is>
+          <t>Редактировать текст</t>
+        </is>
+      </c>
+      <c r="C572" t="inlineStr">
+        <is>
+          <t>Edit text</t>
+        </is>
+      </c>
+      <c r="D572" t="inlineStr"/>
+      <c r="E572" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F572" t="inlineStr">
+        <is>
+          <t>scenes.editCommand.editText</t>
+        </is>
+      </c>
+      <c r="G572" t="inlineStr"/>
+      <c r="H572" t="inlineStr"/>
+    </row>
+    <row r="573">
+      <c r="A573" t="inlineStr"/>
+      <c r="B573" t="inlineStr">
+        <is>
           <t>Редактирование команды - {{id}}
 Алиасы: {{aliases}}
 {{text}}</t>
         </is>
       </c>
-      <c r="C566" t="inlineStr">
+      <c r="C573" t="inlineStr">
         <is>
           <t>Editing command - {{id}}
 Aliases: {{aliases}}
 {{text}}</t>
         </is>
       </c>
-      <c r="D566" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F566" t="inlineStr">
+      <c r="D573" t="inlineStr"/>
+      <c r="E573" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F573" t="inlineStr">
         <is>
           <t>scenes.editCommand.header</t>
         </is>
       </c>
-      <c r="G566" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B567" t="inlineStr">
+      <c r="G573" t="inlineStr"/>
+      <c r="H573" t="inlineStr"/>
+    </row>
+    <row r="574">
+      <c r="A574" t="inlineStr"/>
+      <c r="B574" t="inlineStr">
         <is>
           <t>Редактирование команды - {{id}}
 Для добавления алиаса (см. прим.), отправьте его в чат.
 Прим.: алиас (от англ. "alias"-"псевдоним")-условно это просто "имя", которое ты даёшь "команде", после написания которой в чат сработает триггер и бот в ответ участнику пришлёт сообщение, которое вами было добавлено (писать БЕЗ "/" в начале, бот автоматически добавит его сам). Пример работы данного триггера: участник пишет "/расписание" и бот в ответ присылает сообщение с текстом расписания чего-либо. Вы можете назвать "команду" как угодно и также написать какой угодно текст сообщения, которое бот будет присылать в ответ.</t>
         </is>
       </c>
-      <c r="C567" t="inlineStr">
+      <c r="C574" t="inlineStr">
         <is>
           <t>Editing the command - {{id}}
 To add an alias (see note), send it to the chat.
 Note: alias ( aka “pseudonym”) - conditionally, it is simply a “name” that you give to a ‘command’, after which the trigger will be activated in the chat and the bot will send a predefined message to the participant (write WITHOUT “/” at the beginning, the bot will automatically add it itself). Example of how this trigger works: a participant writes “/schedule” and the bot responds by sending a message with the text of a schedule for something. You can name the “command” whatever you want and also write any text you want for the message that the bot will send in response.</t>
         </is>
       </c>
-      <c r="D567" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F567" t="inlineStr">
+      <c r="D574" t="inlineStr"/>
+      <c r="E574" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F574" t="inlineStr">
         <is>
           <t>scenes.editCommandAlias.header</t>
         </is>
       </c>
-      <c r="G567" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B568" t="inlineStr">
+      <c r="G574" t="inlineStr"/>
+      <c r="H574" t="inlineStr"/>
+    </row>
+    <row r="575">
+      <c r="A575" t="inlineStr"/>
+      <c r="B575" t="inlineStr">
         <is>
           <t>Редактирование причины отменено!</t>
         </is>
       </c>
-      <c r="C568" t="inlineStr">
+      <c r="C575" t="inlineStr">
         <is>
           <t>Reason editing canceled!</t>
         </is>
       </c>
-      <c r="D568" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F568" t="inlineStr">
+      <c r="D575" t="inlineStr"/>
+      <c r="E575" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F575" t="inlineStr">
         <is>
           <t>scenes.editReason.cancel</t>
         </is>
       </c>
-      <c r="G568" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B569" t="inlineStr">
+      <c r="G575" t="inlineStr"/>
+      <c r="H575" t="inlineStr"/>
+    </row>
+    <row r="576">
+      <c r="A576" t="inlineStr"/>
+      <c r="B576" t="inlineStr">
         <is>
           <t>Введите новое регулярное выражения для триггера:</t>
         </is>
       </c>
-      <c r="C569" t="inlineStr">
+      <c r="C576" t="inlineStr">
         <is>
           <t>Enter new regex for a trigger:</t>
         </is>
       </c>
-      <c r="D569" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F569" t="inlineStr">
+      <c r="D576" t="inlineStr"/>
+      <c r="E576" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F576" t="inlineStr">
         <is>
           <t>scenes.editTrigger.header</t>
         </is>
       </c>
-      <c r="G569" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B570" t="inlineStr">
+      <c r="G576" t="inlineStr"/>
+      <c r="H576" t="inlineStr"/>
+    </row>
+    <row r="577">
+      <c r="A577" t="inlineStr"/>
+      <c r="B577" t="inlineStr">
         <is>
           <t>{mention} - упоминание пользователя вызвавшего команду
 {title} - название чата
 {random_mention} - упоминание случайного пользователя
 {replied_mention} - упоминание пользователя на чьё сообщение ответили при вызове команды</t>
         </is>
       </c>
-      <c r="C570" t="inlineStr">
+      <c r="C577" t="inlineStr">
         <is>
           <t>{mention} - mentiones a user, who sent this command
 {title} - chat name
 {random_mention} - mentiones random user
 {replied_mention} - mentiones a user, who sent replied message</t>
         </is>
       </c>
-      <c r="D570" t="inlineStr"/>
-[...180 lines deleted...]
-      </c>
       <c r="D577" t="inlineStr"/>
       <c r="E577" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F577" t="inlineStr">
         <is>
-          <t>scenes.mass.intro.reason</t>
+          <t>scenes.general.placeholders</t>
         </is>
       </c>
       <c r="G577" t="inlineStr"/>
       <c r="H577" t="inlineStr"/>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr"/>
       <c r="B578" t="inlineStr">
         <is>
-          <t>Некорректное действие, доступны: ban, mute, warn и note!</t>
+          <t>Назад</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
-          <t>Incorrect action, avaliable: ban, mute, warn and note!</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="D578" t="inlineStr"/>
       <c r="E578" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F578" t="inlineStr">
         <is>
-          <t>scenes.mass.invalidAction</t>
+          <t>scenes.links_list.back</t>
         </is>
       </c>
       <c r="G578" t="inlineStr"/>
       <c r="H578" t="inlineStr"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr"/>
       <c r="B579" t="inlineStr">
         <is>
-          <t>Я не смог установить реакцию 👍, но всё хорошо, ограничение выдано.</t>
+          <t>Длительность: {{duration}}</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
-          <t>I couldn't set 👍 reaction, but all okay, the restriction has been issued.</t>
+          <t>Duration: {{duration}}</t>
         </is>
       </c>
       <c r="D579" t="inlineStr"/>
       <c r="E579" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F579" t="inlineStr">
         <is>
-          <t>scenes.mass.ok</t>
+          <t>scenes.links_list.duration</t>
         </is>
       </c>
       <c r="G579" t="inlineStr"/>
       <c r="H579" t="inlineStr"/>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr"/>
       <c r="B580" t="inlineStr">
         <is>
-          <t>Токены в чате {{title}}</t>
+          <t>Длительность</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>Tokens in chat {{title}}</t>
+          <t>Duration</t>
         </is>
       </c>
       <c r="D580" t="inlineStr"/>
       <c r="E580" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F580" t="inlineStr">
         <is>
-          <t>scenes.tokens.header</t>
+          <t>scenes.links_list.duration_btn</t>
         </is>
       </c>
       <c r="G580" t="inlineStr"/>
       <c r="H580" t="inlineStr"/>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr"/>
       <c r="B581" t="inlineStr">
         <is>
-          <t>Токен не найден!</t>
+          <t>Отправьте длительность наказания (например, 10m, 1h, 1d):</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
-          <t>Token not found!</t>
+          <t>Send punishment duration (e.g., 10m, 1h, 1d):</t>
         </is>
       </c>
       <c r="D581" t="inlineStr"/>
       <c r="E581" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F581" t="inlineStr">
         <is>
-          <t>scenes.tokens.notFound</t>
+          <t>scenes.links_list.enter_duration</t>
         </is>
       </c>
       <c r="G581" t="inlineStr"/>
       <c r="H581" t="inlineStr"/>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr"/>
       <c r="B582" t="inlineStr">
         <is>
-          <t>Триггер не найден!</t>
+          <t>Отправьте ссылку для добавления в список:
+Домен: &lt;code&gt;example.com&lt;/code&gt;
+Страницы: &lt;code&gt;example.com/page/*&lt;/code&gt;
+Страницы с определёнными параметрами: &lt;code&gt;example.com?redirect=true&lt;/code&gt;
+Страницы с любым значением параметра: &lt;code&gt;example.com?param=*&lt;/code&gt;</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
-          <t>Trigger not found!</t>
+          <t>Send link to add to list:
+Domain: &lt;code&gt;example.com&lt;/code&gt;
+Pages: &lt;code&gt;example.com/page/*&lt;/code&gt;
+Pages with specific parameters: &lt;code&gt;example.com?redirect=true&lt;/code&gt;
+Pages with any value of parameter: &lt;code&gt;example.com?param=*&lt;/code&gt;</t>
         </is>
       </c>
       <c r="D582" t="inlineStr"/>
       <c r="E582" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F582" t="inlineStr">
         <is>
-          <t>scenes.trigger.notFound</t>
+          <t>scenes.links_list.enter_link</t>
         </is>
       </c>
       <c r="G582" t="inlineStr"/>
       <c r="H582" t="inlineStr"/>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr"/>
       <c r="B583" t="inlineStr">
         <is>
-          <t>Редактировать действие</t>
+          <t>Настройка фильтра ссылок в чате {{title}}</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
-          <t>Edit action</t>
+          <t>Links filter settings in chat {{title}}</t>
         </is>
       </c>
       <c r="D583" t="inlineStr"/>
       <c r="E583" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F583" t="inlineStr">
         <is>
-          <t>scenes.triggers.editAction</t>
+          <t>scenes.links_list.header</t>
         </is>
       </c>
       <c r="G583" t="inlineStr"/>
       <c r="H583" t="inlineStr"/>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr"/>
       <c r="B584" t="inlineStr">
         <is>
-          <t>Редактировать условие сработки</t>
+          <t>Некорректная длительность!</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
-          <t>Edit trigger condition</t>
+          <t>Invalid duration!</t>
         </is>
       </c>
       <c r="D584" t="inlineStr"/>
       <c r="E584" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F584" t="inlineStr">
         <is>
-          <t>scenes.triggers.editCondition</t>
+          <t>scenes.links_list.invalid_duration</t>
         </is>
       </c>
       <c r="G584" t="inlineStr"/>
       <c r="H584" t="inlineStr"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr"/>
       <c r="B585" t="inlineStr">
         <is>
-          <t>Редактировать источник текста</t>
+          <t>Некорректная ссылка!</t>
         </is>
       </c>
       <c r="C585" t="inlineStr">
         <is>
-          <t>Edit text source</t>
+          <t>Invalid link!</t>
         </is>
       </c>
       <c r="D585" t="inlineStr"/>
       <c r="E585" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F585" t="inlineStr">
         <is>
-          <t>scenes.triggers.editSource</t>
+          <t>scenes.links_list.invalid_link</t>
         </is>
       </c>
       <c r="G585" t="inlineStr"/>
       <c r="H585" t="inlineStr"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr"/>
       <c r="B586" t="inlineStr">
         <is>
-          <t>Триггеры в чате {{title}}</t>
+          <t>Ссылка добавлена!</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
-          <t>Triggers in chat {{title}}</t>
+          <t>Link added!</t>
         </is>
       </c>
       <c r="D586" t="inlineStr"/>
       <c r="E586" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F586" t="inlineStr">
         <is>
-          <t>scenes.triggers.header</t>
+          <t>scenes.links_list.link_added</t>
         </is>
       </c>
       <c r="G586" t="inlineStr"/>
       <c r="H586" t="inlineStr"/>
+    </row>
+    <row r="587">
+      <c r="A587" t="inlineStr"/>
+      <c r="B587" t="inlineStr">
+        <is>
+          <t>Ссылка удалена!</t>
+        </is>
+      </c>
+      <c r="C587" t="inlineStr">
+        <is>
+          <t>Link deleted!</t>
+        </is>
+      </c>
+      <c r="D587" t="inlineStr"/>
+      <c r="E587" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F587" t="inlineStr">
+        <is>
+          <t>scenes.links_list.link_deleted</t>
+        </is>
+      </c>
+      <c r="G587" t="inlineStr"/>
+      <c r="H587" t="inlineStr"/>
+    </row>
+    <row r="588">
+      <c r="A588" t="inlineStr"/>
+      <c r="B588" t="inlineStr">
+        <is>
+          <t>Режим: {{mode}}</t>
+        </is>
+      </c>
+      <c r="C588" t="inlineStr">
+        <is>
+          <t>Mode: {{mode}}</t>
+        </is>
+      </c>
+      <c r="D588" t="inlineStr"/>
+      <c r="E588" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F588" t="inlineStr">
+        <is>
+          <t>scenes.links_list.mode</t>
+        </is>
+      </c>
+      <c r="G588" t="inlineStr"/>
+      <c r="H588" t="inlineStr"/>
+    </row>
+    <row r="589">
+      <c r="A589" t="inlineStr"/>
+      <c r="B589" t="inlineStr">
+        <is>
+          <t>Черный список</t>
+        </is>
+      </c>
+      <c r="C589" t="inlineStr">
+        <is>
+          <t>Blacklist</t>
+        </is>
+      </c>
+      <c r="D589" t="inlineStr"/>
+      <c r="E589" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F589" t="inlineStr">
+        <is>
+          <t>scenes.links_list.modes.blacklist</t>
+        </is>
+      </c>
+      <c r="G589" t="inlineStr"/>
+      <c r="H589" t="inlineStr"/>
+    </row>
+    <row r="590">
+      <c r="A590" t="inlineStr"/>
+      <c r="B590" t="inlineStr">
+        <is>
+          <t>Выключен</t>
+        </is>
+      </c>
+      <c r="C590" t="inlineStr">
+        <is>
+          <t>Disabled</t>
+        </is>
+      </c>
+      <c r="D590" t="inlineStr"/>
+      <c r="E590" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F590" t="inlineStr">
+        <is>
+          <t>scenes.links_list.modes.disabled</t>
+        </is>
+      </c>
+      <c r="G590" t="inlineStr"/>
+      <c r="H590" t="inlineStr"/>
+    </row>
+    <row r="591">
+      <c r="A591" t="inlineStr"/>
+      <c r="B591" t="inlineStr">
+        <is>
+          <t>Белый список</t>
+        </is>
+      </c>
+      <c r="C591" t="inlineStr">
+        <is>
+          <t>Whitelist</t>
+        </is>
+      </c>
+      <c r="D591" t="inlineStr"/>
+      <c r="E591" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F591" t="inlineStr">
+        <is>
+          <t>scenes.links_list.modes.whitelist</t>
+        </is>
+      </c>
+      <c r="G591" t="inlineStr"/>
+      <c r="H591" t="inlineStr"/>
+    </row>
+    <row r="592">
+      <c r="A592" t="inlineStr"/>
+      <c r="B592" t="inlineStr">
+        <is>
+          <t>Список ссылок пуст</t>
+        </is>
+      </c>
+      <c r="C592" t="inlineStr">
+        <is>
+          <t>Links list is empty</t>
+        </is>
+      </c>
+      <c r="D592" t="inlineStr"/>
+      <c r="E592" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F592" t="inlineStr">
+        <is>
+          <t>scenes.links_list.no_links</t>
+        </is>
+      </c>
+      <c r="G592" t="inlineStr"/>
+      <c r="H592" t="inlineStr"/>
+    </row>
+    <row r="593">
+      <c r="A593" t="inlineStr"/>
+      <c r="B593" t="inlineStr">
+        <is>
+          <t>Наказание: {{restriction}}</t>
+        </is>
+      </c>
+      <c r="C593" t="inlineStr">
+        <is>
+          <t>Punishment: {{restriction}}</t>
+        </is>
+      </c>
+      <c r="D593" t="inlineStr"/>
+      <c r="E593" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F593" t="inlineStr">
+        <is>
+          <t>scenes.links_list.restriction</t>
+        </is>
+      </c>
+      <c r="G593" t="inlineStr"/>
+      <c r="H593" t="inlineStr"/>
+    </row>
+    <row r="594">
+      <c r="A594" t="inlineStr"/>
+      <c r="B594" t="inlineStr">
+        <is>
+          <t>Режим массового действия завершён!</t>
+        </is>
+      </c>
+      <c r="C594" t="inlineStr">
+        <is>
+          <t>Mass action mode finished!</t>
+        </is>
+      </c>
+      <c r="D594" t="inlineStr"/>
+      <c r="E594" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F594" t="inlineStr">
+        <is>
+          <t>scenes.mass.done</t>
+        </is>
+      </c>
+      <c r="G594" t="inlineStr"/>
+      <c r="H594" t="inlineStr"/>
+    </row>
+    <row r="595">
+      <c r="A595" t="inlineStr"/>
+      <c r="B595" t="inlineStr">
+        <is>
+          <t>Я не смог установить реакцию 👎 и выдать ограничение.</t>
+        </is>
+      </c>
+      <c r="C595" t="inlineStr">
+        <is>
+          <t>I couldn't set 👎 reaction and issue a restriction.</t>
+        </is>
+      </c>
+      <c r="D595" t="inlineStr"/>
+      <c r="E595" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F595" t="inlineStr">
+        <is>
+          <t>scenes.mass.failed</t>
+        </is>
+      </c>
+      <c r="G595" t="inlineStr"/>
+      <c r="H595" t="inlineStr"/>
+    </row>
+    <row r="596">
+      <c r="A596" t="inlineStr"/>
+      <c r="B596" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Действие: </t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Action: </t>
+        </is>
+      </c>
+      <c r="D596" t="inlineStr"/>
+      <c r="E596" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F596" t="inlineStr">
+        <is>
+          <t>scenes.mass.intro.action</t>
+        </is>
+      </c>
+      <c r="G596" t="inlineStr"/>
+      <c r="H596" t="inlineStr"/>
+    </row>
+    <row r="597">
+      <c r="A597" t="inlineStr"/>
+      <c r="B597" t="inlineStr">
+        <is>
+          <t>Для завершения используйте команду /stop</t>
+        </is>
+      </c>
+      <c r="C597" t="inlineStr">
+        <is>
+          <t>To stop, use command /stop</t>
+        </is>
+      </c>
+      <c r="D597" t="inlineStr"/>
+      <c r="E597" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F597" t="inlineStr">
+        <is>
+          <t>scenes.mass.intro.footer</t>
+        </is>
+      </c>
+      <c r="G597" t="inlineStr"/>
+      <c r="H597" t="inlineStr"/>
+    </row>
+    <row r="598">
+      <c r="A598" t="inlineStr"/>
+      <c r="B598" t="inlineStr">
+        <is>
+          <t>Включён режим массового действия, для всех отправленных далее пользователей будет применено:</t>
+        </is>
+      </c>
+      <c r="C598" t="inlineStr">
+        <is>
+          <t>Mass action mode enabled, this action will be used at all sent users:</t>
+        </is>
+      </c>
+      <c r="D598" t="inlineStr"/>
+      <c r="E598" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F598" t="inlineStr">
+        <is>
+          <t>scenes.mass.intro.header</t>
+        </is>
+      </c>
+      <c r="G598" t="inlineStr"/>
+      <c r="H598" t="inlineStr"/>
+    </row>
+    <row r="599">
+      <c r="A599" t="inlineStr"/>
+      <c r="B599" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Длительность: </t>
+        </is>
+      </c>
+      <c r="C599" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Duration: </t>
+        </is>
+      </c>
+      <c r="D599" t="inlineStr"/>
+      <c r="E599" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F599" t="inlineStr">
+        <is>
+          <t>scenes.mass.intro.interval</t>
+        </is>
+      </c>
+      <c r="G599" t="inlineStr"/>
+      <c r="H599" t="inlineStr"/>
+    </row>
+    <row r="600">
+      <c r="A600" t="inlineStr"/>
+      <c r="B600" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Причина: </t>
+        </is>
+      </c>
+      <c r="C600" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Reason: </t>
+        </is>
+      </c>
+      <c r="D600" t="inlineStr"/>
+      <c r="E600" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F600" t="inlineStr">
+        <is>
+          <t>scenes.mass.intro.reason</t>
+        </is>
+      </c>
+      <c r="G600" t="inlineStr"/>
+      <c r="H600" t="inlineStr"/>
+    </row>
+    <row r="601">
+      <c r="A601" t="inlineStr"/>
+      <c r="B601" t="inlineStr">
+        <is>
+          <t>Некорректное действие, доступны: ban, mute, warn и note!</t>
+        </is>
+      </c>
+      <c r="C601" t="inlineStr">
+        <is>
+          <t>Incorrect action, avaliable: ban, mute, warn and note!</t>
+        </is>
+      </c>
+      <c r="D601" t="inlineStr"/>
+      <c r="E601" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F601" t="inlineStr">
+        <is>
+          <t>scenes.mass.invalidAction</t>
+        </is>
+      </c>
+      <c r="G601" t="inlineStr"/>
+      <c r="H601" t="inlineStr"/>
+    </row>
+    <row r="602">
+      <c r="A602" t="inlineStr"/>
+      <c r="B602" t="inlineStr">
+        <is>
+          <t>Я не смог установить реакцию 👍, но всё хорошо, ограничение выдано.</t>
+        </is>
+      </c>
+      <c r="C602" t="inlineStr">
+        <is>
+          <t>I couldn't set 👍 reaction, but all okay, the restriction has been issued.</t>
+        </is>
+      </c>
+      <c r="D602" t="inlineStr"/>
+      <c r="E602" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F602" t="inlineStr">
+        <is>
+          <t>scenes.mass.ok</t>
+        </is>
+      </c>
+      <c r="G602" t="inlineStr"/>
+      <c r="H602" t="inlineStr"/>
+    </row>
+    <row r="603">
+      <c r="A603" t="inlineStr"/>
+      <c r="B603" t="inlineStr">
+        <is>
+          <t>Токены в чате {{title}}</t>
+        </is>
+      </c>
+      <c r="C603" t="inlineStr">
+        <is>
+          <t>Tokens in chat {{title}}</t>
+        </is>
+      </c>
+      <c r="D603" t="inlineStr"/>
+      <c r="E603" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F603" t="inlineStr">
+        <is>
+          <t>scenes.tokens.header</t>
+        </is>
+      </c>
+      <c r="G603" t="inlineStr"/>
+      <c r="H603" t="inlineStr"/>
+    </row>
+    <row r="604">
+      <c r="A604" t="inlineStr"/>
+      <c r="B604" t="inlineStr">
+        <is>
+          <t>Токен не найден!</t>
+        </is>
+      </c>
+      <c r="C604" t="inlineStr">
+        <is>
+          <t>Token not found!</t>
+        </is>
+      </c>
+      <c r="D604" t="inlineStr"/>
+      <c r="E604" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F604" t="inlineStr">
+        <is>
+          <t>scenes.tokens.notFound</t>
+        </is>
+      </c>
+      <c r="G604" t="inlineStr"/>
+      <c r="H604" t="inlineStr"/>
+    </row>
+    <row r="605">
+      <c r="A605" t="inlineStr"/>
+      <c r="B605" t="inlineStr">
+        <is>
+          <t>Триггер не найден!</t>
+        </is>
+      </c>
+      <c r="C605" t="inlineStr">
+        <is>
+          <t>Trigger not found!</t>
+        </is>
+      </c>
+      <c r="D605" t="inlineStr"/>
+      <c r="E605" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F605" t="inlineStr">
+        <is>
+          <t>scenes.trigger.notFound</t>
+        </is>
+      </c>
+      <c r="G605" t="inlineStr"/>
+      <c r="H605" t="inlineStr"/>
+    </row>
+    <row r="606">
+      <c r="A606" t="inlineStr"/>
+      <c r="B606" t="inlineStr">
+        <is>
+          <t>Редактировать действие</t>
+        </is>
+      </c>
+      <c r="C606" t="inlineStr">
+        <is>
+          <t>Edit action</t>
+        </is>
+      </c>
+      <c r="D606" t="inlineStr"/>
+      <c r="E606" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F606" t="inlineStr">
+        <is>
+          <t>scenes.triggers.editAction</t>
+        </is>
+      </c>
+      <c r="G606" t="inlineStr"/>
+      <c r="H606" t="inlineStr"/>
+    </row>
+    <row r="607">
+      <c r="A607" t="inlineStr"/>
+      <c r="B607" t="inlineStr">
+        <is>
+          <t>Редактировать условие сработки</t>
+        </is>
+      </c>
+      <c r="C607" t="inlineStr">
+        <is>
+          <t>Edit trigger condition</t>
+        </is>
+      </c>
+      <c r="D607" t="inlineStr"/>
+      <c r="E607" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F607" t="inlineStr">
+        <is>
+          <t>scenes.triggers.editCondition</t>
+        </is>
+      </c>
+      <c r="G607" t="inlineStr"/>
+      <c r="H607" t="inlineStr"/>
+    </row>
+    <row r="608">
+      <c r="A608" t="inlineStr"/>
+      <c r="B608" t="inlineStr">
+        <is>
+          <t>Редактировать источник текста</t>
+        </is>
+      </c>
+      <c r="C608" t="inlineStr">
+        <is>
+          <t>Edit text source</t>
+        </is>
+      </c>
+      <c r="D608" t="inlineStr"/>
+      <c r="E608" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F608" t="inlineStr">
+        <is>
+          <t>scenes.triggers.editSource</t>
+        </is>
+      </c>
+      <c r="G608" t="inlineStr"/>
+      <c r="H608" t="inlineStr"/>
+    </row>
+    <row r="609">
+      <c r="A609" t="inlineStr"/>
+      <c r="B609" t="inlineStr">
+        <is>
+          <t>Триггеры в чате {{title}}</t>
+        </is>
+      </c>
+      <c r="C609" t="inlineStr">
+        <is>
+          <t>Triggers in chat {{title}}</t>
+        </is>
+      </c>
+      <c r="D609" t="inlineStr"/>
+      <c r="E609" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F609" t="inlineStr">
+        <is>
+          <t>scenes.triggers.header</t>
+        </is>
+      </c>
+      <c r="G609" t="inlineStr"/>
+      <c r="H609" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>