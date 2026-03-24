--- v1 (2026-02-02)
+++ v2 (2026-03-24)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H609"/>
+  <dimension ref="A1:H655"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1686,14682 +1686,15878 @@
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>restrictions</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>commands.general.restriction_zero</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr"/>
       <c r="B49" t="inlineStr">
         <is>
-          <t>Выбрать канал</t>
+          <t>секунда</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>Select channel</t>
+          <t>second</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>commands.general.selectChannel</t>
+          <t>commands.general.second</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr"/>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Выбрать чат</t>
+          <t>секунды</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>Select chat</t>
+          <t>seconds</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>commands.general.selectChat</t>
+          <t>commands.general.second_few</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr"/>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Выбрать пользователя</t>
+          <t>секунд</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>Select user</t>
+          <t>seconds</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>commands.general.selectUser</t>
+          <t>commands.general.second_many</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr"/>
       <c r="B52" t="inlineStr">
         <is>
-          <t>Вы не указали пользователя или я не знаком с ним!</t>
+          <t>секунд</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>You didn't specified a user or I'm not know him!</t>
+          <t>seconds</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>commands.general.userNotFound</t>
+          <t>commands.general.second_zero</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr"/>
       <c r="B53" t="inlineStr">
         <is>
-          <t>предупреждение</t>
+          <t>Выбрать канал</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>warn</t>
+          <t>Select channel</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>commands.general.warn</t>
+          <t>commands.general.selectChannel</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr"/>
       <c r="B54" t="inlineStr">
         <is>
-          <t>предупреждения</t>
+          <t>Выбрать чат</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>warns</t>
+          <t>Select chat</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>commands.general.warn_few</t>
+          <t>commands.general.selectChat</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr"/>
       <c r="B55" t="inlineStr">
         <is>
-          <t>предупреждений</t>
+          <t>Выбрать пользователя</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>warns</t>
+          <t>Select user</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>commands.general.warn_many</t>
+          <t>commands.general.selectUser</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr"/>
       <c r="B56" t="inlineStr">
         <is>
-          <t>предупреждений</t>
+          <t>Вы не указали пользователя или я не знаком с ним!</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>warns</t>
+          <t>You didn't specified a user or I'm not know him!</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>commands.general.warn_zero</t>
+          <t>commands.general.userNotFound</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr"/>
       <c r="B57" t="inlineStr">
         <is>
-          <t>да</t>
+          <t>предупреждение</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>true</t>
+          <t>warn</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>commands.general.yes</t>
+          <t>commands.general.warn</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr"/>
       <c r="B58" t="inlineStr">
         <is>
-          <t>Список команд:</t>
+          <t>предупреждения</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>Commands:</t>
+          <t>warns</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>commands.help.commandList</t>
+          <t>commands.general.warn_few</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr"/>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Справка по боту</t>
+          <t>предупреждений</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>Bot Help</t>
+          <t>warns</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>commands.help.description</t>
+          <t>commands.general.warn_many</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr"/>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Подробнее в документации: https://docs.redguy.ru/igb/imperiumguardbot.html</t>
+          <t>предупреждений</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>More in documentation: https://docs.redguy.ru/igb/imperiumguardbot.html</t>
+          <t>warns</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>commands.help.docs</t>
+          <t>commands.general.warn_zero</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr"/>
       <c r="B61" t="inlineStr">
         <is>
-          <t>&lt;длительность&gt;</t>
+          <t>да</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>&lt;duration&gt;</t>
+          <t>true</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>commands.help.duration</t>
+          <t>commands.general.yes</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr"/>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Длительность указывается в формате число+интервал: 1m 2h 3d 4w 5M 6y</t>
+          <t>Список команд:</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>Duration is specified in number+interval format: 1m 2h 3d 4w 5M 6y</t>
+          <t>Commands:</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>commands.help.durationHint</t>
+          <t>commands.help.commandList</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr"/>
       <c r="B63" t="inlineStr">
         <is>
-          <t>Модерация</t>
+          <t>Справка по боту</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>Moderation</t>
+          <t>Bot Help</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>commands.help.group.admin</t>
+          <t>commands.help.description</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr"/>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Контентный модератор</t>
+          <t>Подробнее в документации: https://docs.redguy.ru/igb/</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>Content moderation</t>
+          <t>More in documentation: https://docs.redguy.ru/igb/</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>commands.help.group.ai-moder</t>
+          <t>commands.help.docs</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr"/>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Прочее</t>
+          <t>&lt;длительность&gt;</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>Misc</t>
+          <t>&lt;duration&gt;</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>commands.help.group.misc</t>
+          <t>commands.help.duration</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr"/>
       <c r="B66" t="inlineStr">
         <is>
-          <t>Владелец</t>
+          <t>Длительность указывается в формате число+интервал: 1m 2h 3d 4w 5M 6y</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>Owner</t>
+          <t>Duration is specified in number+interval format: 1m 2h 3d 4w 5M 6y</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>commands.help.group.owner</t>
+          <t>commands.help.durationHint</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr"/>
       <c r="B67" t="inlineStr">
         <is>
-          <t>Пользователькие</t>
+          <t>Модерация</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>User's</t>
+          <t>Moderation</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>commands.help.group.user</t>
+          <t>commands.help.group.admin</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr"/>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Добро пожаловать в Имперского Стражника! Для навигации по разделам используйте кнопки ниже.</t>
+          <t>Контентный модератор</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>Welcome to the Imperium Guard! Use the buttons below to navigate through the sections.</t>
+          <t>Content moderation</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>commands.help.header</t>
+          <t>commands.help.group.ai-moder</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr"/>
       <c r="B69" t="inlineStr">
         <is>
-          <t>&lt;id/username/ответ&gt;</t>
+          <t>Прочее</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>&lt;id/username/reply&gt;</t>
+          <t>Misc</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>commands.help.idUserReply</t>
+          <t>commands.help.group.misc</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr"/>
       <c r="B70" t="inlineStr">
         <is>
-          <t>&lt;причина&gt;</t>
+          <t>Владелец</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>&lt;reason&gt;</t>
+          <t>Owner</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>commands.help.reason</t>
+          <t>commands.help.group.owner</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr"/>
       <c r="B71" t="inlineStr">
         <is>
-          <t>&lt;ответ&gt;</t>
+          <t>Пользователькие</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>&lt;reply&gt;</t>
+          <t>User's</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>commands.help.reply</t>
+          <t>commands.help.group.user</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr"/>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Получить id пользователя, канала или чата</t>
+          <t>Добро пожаловать в Имперского Стражника! Для навигации по разделам используйте кнопки ниже.</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>Get the id of a user, channel or chat</t>
+          <t>Welcome to the Imperium Guard! Use the buttons below to navigate through the sections.</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>commands.id.description</t>
+          <t>commands.help.header</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr"/>
       <c r="B73" t="inlineStr">
         <is>
-          <t>Отправьте пользователя, канал или чат используя кнопки ниже!</t>
+          <t>&lt;id/username/ответ&gt;</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>Send a user, channel or chat using the buttons below!</t>
+          <t>&lt;id/username/reply&gt;</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>commands.id.send</t>
+          <t>commands.help.idUserReply</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr"/>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Выдаёт json схему сообщения</t>
+          <t>&lt;причина&gt;</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>Outputs a json schema of the message</t>
+          <t>&lt;reason&gt;</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>commands.json.description</t>
+          <t>commands.help.reason</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr"/>
       <c r="B75" t="inlineStr">
         <is>
-          <t>Запуск массового действия над пользователями</t>
+          <t>&lt;ответ&gt;</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>Starting a mass action on users</t>
+          <t>&lt;reply&gt;</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>commands.mass.description</t>
+          <t>commands.help.reply</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr"/>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Топ модераторов по блокировкам:</t>
+          <t>Получить id пользователя, канала или чата</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>Top moderators by bans:</t>
+          <t>Get the id of a user, channel or chat</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>commands.modtop.bans</t>
+          <t>commands.id.description</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr"/>
       <c r="B77" t="inlineStr">
         <is>
-          <t>Получить топ модераторов</t>
+          <t>Отправьте пользователя, канал или чат используя кнопки ниже!</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>Get top of moderators</t>
+          <t>Send a user, channel or chat using the buttons below!</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>commands.modtop.description</t>
+          <t>commands.id.send</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr"/>
       <c r="B78" t="inlineStr">
         <is>
-          <t>Топ модераторов по мутам:</t>
+          <t>Выдаёт json схему сообщения</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>Top moderators by mutes:</t>
+          <t>Outputs a json schema of the message</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>commands.modtop.mutes</t>
+          <t>commands.json.description</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr"/>
       <c r="B79" t="inlineStr">
         <is>
-          <t>Топ модераторов:</t>
+          <t>Запуск массового действия над пользователями</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>Moderators top:</t>
+          <t>Starting a mass action on users</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>commands.modtop.total</t>
+          <t>commands.mass.description</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr"/>
       <c r="B80" t="inlineStr">
         <is>
-          <t>Топ модераторов по предупреждениям:</t>
+          <t>Топ модераторов по блокировкам:</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>Top moderators by warns:</t>
+          <t>Top moderators by bans:</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>commands.modtop.warns</t>
+          <t>commands.modtop.bans</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr"/>
       <c r="B81" t="inlineStr">
         <is>
-          <t>Открывает WebApp просмотра профилей пользователей</t>
+          <t>Получить топ модераторов</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>Opens WebApp with members profiles</t>
+          <t>Get top of moderators</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>commands.modview.description</t>
+          <t>commands.modtop.description</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr"/>
       <c r="B82" t="inlineStr">
         <is>
-          <t>За всё время</t>
+          <t>Топ модераторов по мутам:</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>For all time</t>
+          <t>Top moderators by mutes:</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>commands.msgtop.all</t>
+          <t>commands.modtop.mutes</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr"/>
       <c r="B83" t="inlineStr">
         <is>
-          <t>За сегодня</t>
+          <t>Топ модераторов:</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>For today</t>
+          <t>Moderators top:</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>commands.msgtop.day</t>
+          <t>commands.modtop.total</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr"/>
       <c r="B84" t="inlineStr">
         <is>
-          <t>Получить топ по сообщениям в чате</t>
+          <t>Топ модераторов по предупреждениям:</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>Get top by messages in chat</t>
+          <t>Top moderators by warns:</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>commands.msgtop.description</t>
+          <t>commands.modtop.warns</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr"/>
       <c r="B85" t="inlineStr">
         <is>
-          <t>Топ по количеству сообщений:</t>
+          <t>Открывает WebApp просмотра профилей пользователей</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>Top by messages count:</t>
+          <t>Opens WebApp with members profiles</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>commands.msgtop.header</t>
+          <t>commands.modview.description</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr"/>
       <c r="B86" t="inlineStr">
         <is>
-          <t>За неделю</t>
+          <t>За всё время</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>For week</t>
+          <t>For all time</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>commands.msgtop.week</t>
+          <t>commands.msgtop.all</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr"/>
       <c r="B87" t="inlineStr">
         <is>
-          <t>Замутить пользователя</t>
+          <t>За сегодня</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>Mute user</t>
+          <t>For today</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>commands.mute.description</t>
+          <t>commands.msgtop.day</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr"/>
       <c r="B88" t="inlineStr">
         <is>
-          <t>Нельзя выдать мут другому администратору!</t>
+          <t>Получить топ по сообщениям в чате</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>You can't give a mute to another administrator!</t>
+          <t>Get top by messages in chat</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>commands.mute.onlyUsers</t>
+          <t>commands.msgtop.description</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr"/>
       <c r="B89" t="inlineStr">
         <is>
-          <t>Создать заметку о пользователе</t>
+          <t>Топ по количеству сообщений:</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>Create note about user</t>
+          <t>Top by messages count:</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>commands.note.description</t>
+          <t>commands.msgtop.header</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr"/>
       <c r="B90" t="inlineStr">
         <is>
-          <t>Нельзя оставить заметку о другом администраторе!</t>
+          <t>За неделю</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>You cannot leave a note about other administrator!</t>
+          <t>For week</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>commands.note.onlyUsers</t>
+          <t>commands.msgtop.week</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr"/>
       <c r="B91" t="inlineStr">
         <is>
-          <t>Поддержка по платежам</t>
+          <t>Замутить пользователя</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>Payment support</t>
+          <t>Mute user</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>commands.paysupport.description</t>
+          <t>commands.mute.description</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr"/>
       <c r="B92" t="inlineStr">
         <is>
-          <t>Политика конфиденциальности</t>
+          <t>Нельзя выдать мут другому администратору!</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>Privacy Policy</t>
+          <t>You can't give a mute to another administrator!</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>commands.privacy.description</t>
+          <t>commands.mute.onlyUsers</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr"/>
       <c r="B93" t="inlineStr">
         <is>
-          <t>Включить/выключить режим рейда</t>
+          <t>Создать заметку о пользователе</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>Enable/Disable raid mode</t>
+          <t>Create note about user</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>commands.raidmode.description</t>
+          <t>commands.note.description</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr"/>
       <c r="B94" t="inlineStr">
         <is>
-          <t>Режим рейда отключён!</t>
+          <t>Нельзя оставить заметку о другом администраторе!</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>Raid mode disabled!</t>
+          <t>You cannot leave a note about other administrator!</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>commands.raidmode.disabled</t>
+          <t>commands.note.onlyUsers</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr"/>
       <c r="B95" t="inlineStr">
         <is>
-          <t>Включён режим рейда, все входящие пользователи будут автоматически исключены!</t>
+          <t>Поддержка по платежам</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>Enabled raid mode, all joined users will be automatically kicked!</t>
+          <t>Payment support</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>commands.raidmode.enabled</t>
+          <t>commands.paysupport.description</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr"/>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Включить/выключить режим только чтение</t>
+          <t>Политика конфиденциальности</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>Enable/Disable read only mode</t>
+          <t>Privacy Policy</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>commands.readonly.description</t>
+          <t>commands.privacy.description</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr"/>
       <c r="B97" t="inlineStr">
         <is>
-          <t>Режим только чтение отключен!</t>
+          <t>Включить/выключить режим рейда</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>Read only mode is diabled!</t>
+          <t>Enable/Disable raid mode</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>commands.readonly.disabled</t>
+          <t>commands.raidmode.description</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr"/>
       <c r="B98" t="inlineStr">
         <is>
-          <t>Режим только чтение включен!</t>
+          <t>Режим рейда отключён!</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>Read only mode enabled!</t>
+          <t>Raid mode disabled!</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>commands.readonly.enabled</t>
+          <t>commands.raidmode.disabled</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr"/>
       <c r="B99" t="inlineStr">
         <is>
-          <t>Репорт одобрен!</t>
+          <t>Включён режим рейда, все входящие пользователи будут автоматически исключены!</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>Report approved!</t>
+          <t>Enabled raid mode, all joined users will be automatically kicked!</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t>commands.report.accepted</t>
+          <t>commands.raidmode.enabled</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr"/>
       <c r="B100" t="inlineStr">
         <is>
-          <t>Вы уже отправляли репорт на это сообщение!</t>
+          <t>Включить/выключить режим только чтение</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>You already reported this message!</t>
+          <t>Enable/Disable read only mode</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>commands.report.alreadySent</t>
+          <t>commands.readonly.description</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr"/>
       <c r="B101" t="inlineStr">
         <is>
-          <t>Сообщение удалено из-за большого количества репортов!</t>
+          <t>Режим только чтение отключен!</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>The message is deleted by a lot of reports!</t>
+          <t>Read only mode is diabled!</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>commands.report.deleted</t>
+          <t>commands.readonly.disabled</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr"/>
       <c r="B102" t="inlineStr">
         <is>
-          <t>Отправить репорт на сообщение</t>
+          <t>Режим только чтение включен!</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>Report a message</t>
+          <t>Read only mode enabled!</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>commands.report.description</t>
+          <t>commands.readonly.enabled</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr"/>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Получен &lt;a href="{{reportUrl}}"&gt;репорт&lt;/a&gt; от &lt;a href="tg://user?id={{fromId}}"&gt;{{fromName}}&lt;/a&gt; на &lt;a href="tg://user?id={{toId}}"&gt;{{toName}}&lt;/a&gt; #id{{toId}} в чате &lt;a href="{{messageUrl}}"&gt;{{title}}&lt;/a&gt;</t>
+          <t>Репорт одобрен!</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>Got &lt;a href="{{reportUrl}}"&gt;report&lt;/a&gt; from &lt;a href="tg://user?id={{fromId}}"&gt;{{fromName}}&lt;/a&gt; to &lt;a href="tg://user?id={{toId}}"&gt;{{toName}}&lt;/a&gt; #id{{toId}} in chat &lt;a href="{{messageUrl}}"&gt;{{title}}&lt;/a&gt;</t>
+          <t>Report approved!</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>commands.report.got</t>
+          <t>commands.report.accepted</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr"/>
       <c r="B104" t="inlineStr">
         <is>
-          <t>Рейтинг выдан!</t>
+          <t>Вы уже отправляли репорт на это сообщение!</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>Raiting given!</t>
+          <t>You already reported this message!</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>commands.report.rated</t>
+          <t>commands.report.alreadySent</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr"/>
       <c r="B105" t="inlineStr">
         <is>
-          <t>Репорт отклонён!</t>
+          <t>Сообщение удалено из-за большого количества репортов!</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>Report rejected!</t>
+          <t>The message is deleted by a lot of reports!</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>commands.report.rejected</t>
+          <t>commands.report.deleted</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr"/>
       <c r="B106" t="inlineStr">
         <is>
-          <t>Репорт отправлен!</t>
+          <t>Отправить репорт на сообщение</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>Report sent!</t>
+          <t>Report a message</t>
         </is>
       </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>commands.report.sent</t>
+          <t>commands.report.description</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr"/>
       <c r="B107" t="inlineStr">
         <is>
-          <t>Репорт отправлен ({{now}}/{{need}})</t>
+          <t>Получен &lt;a href="{{reportUrl}}"&gt;репорт&lt;/a&gt; от &lt;a href="tg://user?id={{fromId}}"&gt;{{fromName}}&lt;/a&gt; на &lt;a href="tg://user?id={{toId}}"&gt;{{toName}}&lt;/a&gt; #id{{toId}} в чате &lt;a href="{{messageUrl}}"&gt;{{title}}&lt;/a&gt;</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>Report sent! ({{now}}/{{need}})</t>
+          <t>Got &lt;a href="{{reportUrl}}"&gt;report&lt;/a&gt; from &lt;a href="tg://user?id={{fromId}}"&gt;{{fromName}}&lt;/a&gt; to &lt;a href="tg://user?id={{toId}}"&gt;{{toName}}&lt;/a&gt; #id{{toId}} in chat &lt;a href="{{messageUrl}}"&gt;{{title}}&lt;/a&gt;</t>
         </is>
       </c>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>commands.report.sentForDelete</t>
+          <t>commands.report.got</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr"/>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Получить топ репортеров</t>
+          <t>Рейтинг выдан!</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>Gets top of reporters</t>
+          <t>Raiting given!</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>commands.reptop.description</t>
+          <t>commands.report.rated</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr"/>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Топ репортеров:</t>
+          <t>Репорт отклонён!</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>Top of reporters:</t>
+          <t>Report rejected!</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>commands.reptop.reports</t>
+          <t>commands.report.rejected</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr"/>
       <c r="B110" t="inlineStr">
         <is>
-          <t>Топ репутации:</t>
+          <t>Репорт отправлен!</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>Reputation top:</t>
+          <t>Report sent!</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>commands.reptop.reputation</t>
+          <t>commands.report.sent</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr"/>
       <c r="B111" t="inlineStr">
         <is>
-          <t>Сбрасывает переданный ключ во всех кешах</t>
+          <t>Репорт отправлен ({{now}}/{{need}})</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>Resets the passed key in all caches</t>
+          <t>Report sent! ({{now}}/{{need}})</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>commands.reset.description</t>
+          <t>commands.report.sentForDelete</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr"/>
       <c r="B112" t="inlineStr">
         <is>
-          <t>Отображает топ нарушителей в чате.</t>
+          <t>Получить топ репортеров</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>Displays the top offenders in chat.</t>
+          <t>Gets top of reporters</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>commands.resttop.description</t>
+          <t>commands.reptop.description</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr"/>
       <c r="B113" t="inlineStr">
         <is>
-          <t>Топ нарушителей:</t>
+          <t>Топ репортеров:</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>Top offenders:</t>
+          <t>Top of reporters:</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>commands.resttop.header</t>
+          <t>commands.reptop.reports</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr"/>
       <c r="B114" t="inlineStr">
         <is>
-          <t>Нажмите на кнопку, для открытия настроек!</t>
+          <t>Топ репутации:</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>Click on button to open settings!</t>
+          <t>Reputation top:</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>commands.settings.anonymous</t>
+          <t>commands.reptop.reputation</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr"/>
       <c r="B115" t="inlineStr">
         <is>
-          <t>Открыть настройки чата</t>
+          <t>Сбрасывает переданный ключ во всех кешах</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>Opens chat settings</t>
+          <t>Resets the passed key in all caches</t>
         </is>
       </c>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>commands.settings.description</t>
+          <t>commands.reset.description</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr"/>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Чат не найден!</t>
+          <t>Отображает топ нарушителей в чате.</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>Chat not found!</t>
+          <t>Displays the top offenders in chat.</t>
         </is>
       </c>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>commands.settings.notFound</t>
+          <t>commands.resttop.description</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr"/>
       <c r="B117" t="inlineStr">
         <is>
-          <t>Я не смог отправить настройки, отправьте /start в личные сообщения и попробуйте ещё раз.</t>
+          <t>Топ нарушителей:</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>I couldn't send the settings, send /start in private messages and try again.</t>
+          <t>Top offenders:</t>
         </is>
       </c>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>commands.settings.notSent</t>
+          <t>commands.resttop.header</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr"/>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Недостаточно прав для выполнения данной команды, требуется право на редактирование чата!</t>
+          <t>Нажмите на кнопку, для открытия настроек!</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>Not enough permissions to execute this command, you need permission to edit chat!</t>
+          <t>Click on button to open settings!</t>
         </is>
       </c>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>commands.settings.permission</t>
+          <t>commands.settings.anonymous</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr"/>
       <c r="B119" t="inlineStr">
         <is>
-          <t>Настройки отправлены в личные сообщения!</t>
+          <t>Открыть настройки чата</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>Settings sent in PM!</t>
+          <t>Opens chat settings</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>commands.settings.sent</t>
+          <t>commands.settings.description</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr"/>
       <c r="B120" t="inlineStr">
         <is>
-          <t>У вас есть активные ограничения:</t>
+          <t>Чат не найден!</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>You has active restrictions:</t>
+          <t>Chat not found!</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>commands.start.activeRestrictions</t>
+          <t>commands.settings.notFound</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr"/>
       <c r="B121" t="inlineStr">
         <is>
-          <t>Выводит список активных нарушений во всех чатах</t>
+          <t>Я не смог отправить настройки, отправьте /start в личные сообщения и попробуйте ещё раз.</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>Shows list of active restrictions in all chats</t>
+          <t>I couldn't send the settings, send /start in private messages and try again.</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>commands.start.description</t>
+          <t>commands.settings.notSent</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr"/>
       <c r="B122" t="inlineStr">
         <is>
-          <t>Обо всех моих возможностях можно узнать используя команду /help</t>
+          <t>Недостаточно прав для выполнения данной команды, требуется право на редактирование чата!</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>You can learn about all my capabilities using the /help command</t>
+          <t>Not enough permissions to execute this command, you need permission to edit chat!</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>commands.start.footer</t>
+          <t>commands.settings.permission</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr"/>
       <c r="B123" t="inlineStr">
         <is>
-          <t>Привет! Я Имперский стражник, бот для слежения за порядком в чатах.</t>
+          <t>Настройки отправлены в личные сообщения!</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>Hi! I'm Imperium Guard, moderation bot for chats.</t>
+          <t>Settings sent in PM!</t>
         </is>
       </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>commands.start.header</t>
+          <t>commands.settings.sent</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr"/>
       <c r="B124" t="inlineStr">
         <is>
-          <t>Привет! Я — бот-помощник Имперского Стражника, созданный для проверки медиафайлов в чатах, где отсутствует мой основной аккаунт.</t>
+          <t>У вас есть активные ограничения:</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>Hello! I am the Imperium Guard Assistant Bot, designed to check media files in chats where my main account is not present.</t>
+          <t>You has active restrictions:</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>commands.start.media</t>
+          <t>commands.start.activeRestrictions</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr"/>
       <c r="B125" t="inlineStr">
         <is>
-          <t>У вас нет активных ограничений.</t>
+          <t>Выводит список активных нарушений во всех чатах</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>You have no active restrictions.</t>
+          <t>Shows list of active restrictions in all chats</t>
         </is>
       </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>commands.start.noActiveRestrictions</t>
+          <t>commands.start.description</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr"/>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Открыт пользователь &lt;a href="tg://user?id={{id}}"&gt;{{name}}&lt;/a&gt;</t>
+          <t>Обо всех моих возможностях можно узнать используя команду /help</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>Opened user &lt;a href="tg://user?id={{id}}"&gt;{{name}}&lt;/a&gt;</t>
+          <t>You can learn about all my capabilities using the /help command</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>commands.start.openUser</t>
+          <t>commands.start.footer</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr"/>
       <c r="B127" t="inlineStr">
         <is>
-          <t>• {{type}} "{{reason}}" до {{end}} в чате "{{title}}"</t>
+          <t>Привет! Я Имперский стражник, бот для слежения за порядком в чатах.</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>• {{type}} "{{reason}}" until {{end}} in chat "{{title}}"</t>
+          <t>Hi! I'm Imperium Guard, moderation bot for chats.</t>
         </is>
       </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>commands.start.restriction</t>
+          <t>commands.start.header</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr"/>
       <c r="B128" t="inlineStr">
         <is>
-          <t>Кеш CAS</t>
+          <t>Привет! Я — бот-помощник Имперского Стражника, созданный для проверки медиафайлов в чатах, где отсутствует мой основной аккаунт.</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>CAS Cache</t>
+          <t>Hello! I am the Imperium Guard Assistant Bot, designed to check media files in chats where my main account is not present.</t>
         </is>
       </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>commands.stats.cache.cas</t>
+          <t>commands.start.media</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr"/>
       <c r="B129" t="inlineStr">
         <is>
-          <t>Кеш чатов</t>
+          <t>У вас нет активных ограничений.</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>Chats cache</t>
+          <t>You have no active restrictions.</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>commands.stats.cache.chats</t>
+          <t>commands.start.noActiveRestrictions</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr"/>
       <c r="B130" t="inlineStr">
         <is>
-          <t>Кеш участников</t>
+          <t>Открыт пользователь &lt;a href="tg://user?id={{id}}"&gt;{{name}}&lt;/a&gt;</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>Members cache</t>
+          <t>Opened user &lt;a href="tg://user?id={{id}}"&gt;{{name}}&lt;/a&gt;</t>
         </is>
       </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>commands.stats.cache.members</t>
+          <t>commands.start.openUser</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr"/>
       <c r="B131" t="inlineStr">
         <is>
-          <t>Кеш пользователей</t>
+          <t>• {{type}} "{{reason}}" до {{end}} в чате "{{title}}"</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>Users cache</t>
+          <t>• {{type}} "{{reason}}" until {{end}} in chat "{{title}}"</t>
         </is>
       </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>commands.stats.cache.users</t>
+          <t>commands.start.restriction</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr"/>
       <c r="B132" t="inlineStr">
         <is>
-          <t>Получить техническую статистику</t>
+          <t>Кеш CAS</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>Get technical statistics</t>
+          <t>CAS Cache</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>commands.stats.description</t>
+          <t>commands.stats.cache.cas</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr"/>
       <c r="B133" t="inlineStr">
         <is>
-          <t>Очередь отправки сообщений</t>
+          <t>Кеш чатов</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>Message sending queue</t>
+          <t>Chats cache</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>commands.stats.queue.messages</t>
+          <t>commands.stats.cache.chats</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr"/>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Очередь событий</t>
+          <t>Кеш участников</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>Update processing queue</t>
+          <t>Members cache</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>commands.stats.queue.updates</t>
+          <t>commands.stats.cache.members</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr"/>
       <c r="B135" t="inlineStr">
         <is>
-          <t>Аптайм</t>
+          <t>Кеш пользователей</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>Uptime</t>
+          <t>Users cache</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>commands.stats.uptime</t>
+          <t>commands.stats.cache.users</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr"/>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Поддержка по боту</t>
+          <t>Получить техническую статистику</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>Bot support</t>
+          <t>Get technical statistics</t>
         </is>
       </c>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>commands.support.description</t>
+          <t>commands.stats.description</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr"/>
       <c r="B137" t="inlineStr">
         <is>
-          <t>Информация отправлена в поддержку!</t>
+          <t>Очередь отправки сообщений</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>Info sent to support!</t>
+          <t>Message sending queue</t>
         </is>
       </c>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>commands.support.header</t>
+          <t>commands.stats.queue.messages</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr"/>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Отправка информации о текущем чате технической поддержке</t>
+          <t>Очередь событий</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>Sending information about the current chat to technical support</t>
+          <t>Update processing queue</t>
         </is>
       </c>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>commands.support_chat.description</t>
+          <t>commands.stats.queue.updates</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr"/>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Подтверждаете ли вы передачу информации о текущем чате (настройки и список администраторов) группе технической поддержки бота?</t>
+          <t>Аптайм</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>Do you confirm the transfer of information about the current chat (settings and list of administrators) to the bot's technical support team?</t>
+          <t>Uptime</t>
         </is>
       </c>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>commands.support_chat.header</t>
+          <t>commands.stats.uptime</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr"/>
       <c r="B140" t="inlineStr">
         <is>
-          <t>Отправляет информацию о пользователе технической поддержке</t>
+          <t>Поддержка по боту</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>Sends user information to technical support</t>
+          <t>Bot support</t>
         </is>
       </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>commands.support_user.description</t>
+          <t>commands.support.description</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr"/>
       <c r="B141" t="inlineStr">
         <is>
-          <t>Подтверждаете ли вы передачу информации о пользователе группе технической поддержки бота?</t>
+          <t>Информация отправлена в поддержку!</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>Do you confirm the transfer of user information to the bot's technical support team?</t>
+          <t>Info sent to support!</t>
         </is>
       </c>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>commands.support_user.header</t>
+          <t>commands.support.header</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr"/>
       <c r="B142" t="inlineStr">
         <is>
-          <t>Синхронизация завершена!</t>
+          <t>Отправка информации о текущем чате технической поддержке</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>Sync complete!</t>
+          <t>Sending information about the current chat to technical support</t>
         </is>
       </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>commands.sync.complete</t>
+          <t>commands.support_chat.description</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr"/>
       <c r="B143" t="inlineStr">
         <is>
-          <t>Синхронизировать модераторов чата</t>
+          <t>Подтверждаете ли вы передачу информации о текущем чате (настройки и список администраторов) группе технической поддержки бота?</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>Sync moders of chat</t>
+          <t>Do you confirm the transfer of information about the current chat (settings and list of administrators) to the bot's technical support team?</t>
         </is>
       </c>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>commands.sync.description</t>
+          <t>commands.support_chat.header</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr"/>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Условия использования</t>
+          <t>Отправляет информацию о пользователе технической поддержке</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>Terms of Use</t>
+          <t>Sends user information to technical support</t>
         </is>
       </c>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>commands.terms.description</t>
+          <t>commands.support_user.description</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr"/>
       <c r="B145" t="inlineStr">
         <is>
-          <t>Разблокировать пользователя</t>
+          <t>Подтверждаете ли вы передачу информации о пользователе группе технической поддержки бота?</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>Unban user</t>
+          <t>Do you confirm the transfer of user information to the bot's technical support team?</t>
         </is>
       </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>commands.unban.description</t>
+          <t>commands.support_user.header</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Пользователь не заблокирован!</t>
+          <t>Синхронизация завершена!</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>User not banned!</t>
+          <t>Sync complete!</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>commands.unban.notFoundRestrictions</t>
+          <t>commands.sync.complete</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>Пользователь разблокирован!</t>
+          <t>Синхронизировать модераторов чата</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>User unbanned!</t>
+          <t>Sync moders of chat</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>commands.unban.ok</t>
+          <t>commands.sync.description</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>Размутить пользователя</t>
+          <t>Условия использования</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>Unmute user</t>
+          <t>Terms of Use</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>commands.unmute.description</t>
+          <t>commands.terms.description</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>Пользователь не замучен!</t>
+          <t>Разблокировать пользователя</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>User not mutted!</t>
+          <t>Unban user</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>commands.unmute.notFoundRestrictions</t>
+          <t>commands.unban.description</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
-          <t>Пользователь размучен!</t>
+          <t>Пользователь не заблокирован!</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>User unmutted!</t>
+          <t>User not banned!</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>commands.unmute.ok</t>
+          <t>commands.unban.notFoundRestrictions</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
-          <t xml:space="preserve">Активная блокировка: </t>
+          <t>Пользователь разблокирован!</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t xml:space="preserve">Active ban: </t>
+          <t>User unbanned!</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>commands.user.activeban</t>
+          <t>commands.unban.ok</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
-          <t xml:space="preserve">Активный мут: </t>
+          <t>Размутить пользователя</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t xml:space="preserve">Active mute: </t>
+          <t>Unmute user</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>commands.user.activemute</t>
+          <t>commands.unmute.description</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
+          <t>Пользователь не замучен!</t>
+        </is>
+      </c>
+      <c r="C153" t="inlineStr">
+        <is>
+          <t>User not mutted!</t>
+        </is>
+      </c>
+      <c r="D153" t="inlineStr"/>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F153" t="inlineStr">
+        <is>
+          <t>commands.unmute.notFoundRestrictions</t>
+        </is>
+      </c>
+      <c r="G153" t="inlineStr"/>
+      <c r="H153" t="inlineStr"/>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr"/>
+      <c r="B154" t="inlineStr">
+        <is>
+          <t>Пользователь размучен!</t>
+        </is>
+      </c>
+      <c r="C154" t="inlineStr">
+        <is>
+          <t>User unmutted!</t>
+        </is>
+      </c>
+      <c r="D154" t="inlineStr"/>
+      <c r="E154" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F154" t="inlineStr">
+        <is>
+          <t>commands.unmute.ok</t>
+        </is>
+      </c>
+      <c r="G154" t="inlineStr"/>
+      <c r="H154" t="inlineStr"/>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr"/>
+      <c r="B155" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Активная блокировка: </t>
+        </is>
+      </c>
+      <c r="C155" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Active ban: </t>
+        </is>
+      </c>
+      <c r="D155" t="inlineStr"/>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F155" t="inlineStr">
+        <is>
+          <t>commands.user.activeban</t>
+        </is>
+      </c>
+      <c r="G155" t="inlineStr"/>
+      <c r="H155" t="inlineStr"/>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr"/>
+      <c r="B156" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Активный мут: </t>
+        </is>
+      </c>
+      <c r="C156" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Active mute: </t>
+        </is>
+      </c>
+      <c r="D156" t="inlineStr"/>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F156" t="inlineStr">
+        <is>
+          <t>commands.user.activemute</t>
+        </is>
+      </c>
+      <c r="G156" t="inlineStr"/>
+      <c r="H156" t="inlineStr"/>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr"/>
+      <c r="B157" t="inlineStr">
+        <is>
           <t>Приложение {{uuid}} к ограничению {{id}}
 Автор: {{moder}}
 {{text}}</t>
         </is>
       </c>
-      <c r="C153" t="inlineStr">
+      <c r="C157" t="inlineStr">
         <is>
           <t>Attachment {{uuid}} for restriction {{id}}
 Author: {{moder}}
 {{text}}</t>
         </is>
       </c>
-      <c r="D153" t="inlineStr"/>
-[...102 lines deleted...]
-      </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>commands.user.body.join</t>
+          <t>commands.user.attach</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Активный мут: {{mutes}} Мутов всего: {{total_mutes}}</t>
+          <t>Медиа из приложения {{uuid}}</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>Active mute: {{mutes}} Total mutes: {{total_mutes}}</t>
+          <t>Media from attachment {{uuid}}</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>commands.user.body.mutes</t>
+          <t>commands.user.attachMedia</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>Статус в чате: {{status}}</t>
+          <t>Приложения</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>Status in chat: {{status}}</t>
+          <t>Attaches</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>commands.user.body.status</t>
+          <t>commands.user.attaches</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Активных предупреждений: {{warns}} Всего предупреждений: {{total_warns}}</t>
+          <t>У пользователя присутствует глобальная блокировка!</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>Active warns: {{warns}} Total warns: {{total_warns}}</t>
+          <t>The user has a global ban!</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>commands.user.body.warns</t>
+          <t>commands.user.body.aloneGlobalBan</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Отменить</t>
+          <t>Активная блокировка: {{bans}} Блокировок всего: {{total_bans}}</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Active ban: {{bans}} Total bans: {{total_bans}}</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>commands.user.cancel</t>
+          <t>commands.user.body.bans</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Ограничение отменено!</t>
+          <t>В чате с {{date}}</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>Restriction cancelled!</t>
+          <t>In chat since {{date}}</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>commands.user.cancelled</t>
+          <t>commands.user.body.join</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Ограничение удалено!</t>
+          <t>Активный мут: {{mutes}} Мутов всего: {{total_mutes}}</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>Restiction deleted!</t>
+          <t>Active mute: {{mutes}} Total mutes: {{total_mutes}}</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>commands.user.deleted</t>
+          <t>commands.user.body.mutes</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Получить информацию о пользователе</t>
+          <t>Статус в чате: {{status}}</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>Get information about user</t>
+          <t>Status in chat: {{status}}</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>commands.user.description</t>
+          <t>commands.user.body.status</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Редактировать причину</t>
+          <t>Активных предупреждений: {{warns}} Всего предупреждений: {{total_warns}}</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>Edit reason</t>
+          <t>Active warns: {{warns}} Total warns: {{total_warns}}</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>commands.user.edit_reason</t>
+          <t>commands.user.body.warns</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
-          <t>Информация о канале {{title}}:</t>
+          <t>Отменить</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>Information about channel {{title}}:</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>commands.user.header.chat</t>
+          <t>commands.user.cancel</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Информация о пользователе &lt;a href="tg://user?id={{id}}"&gt;{{name}}&lt;/a&gt;:</t>
+          <t>Ограничение отменено!</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>Information about user &lt;a href="tg://user?id={{id}}"&gt;{{name}}&lt;/a&gt;:</t>
+          <t>Restriction cancelled!</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>commands.user.header.user</t>
+          <t>commands.user.cancelled</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Сообщений: {{messages}}</t>
+          <t>Ограничение удалено!</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>Messages: {{messages}}</t>
+          <t>Restiction deleted!</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>commands.user.messages</t>
+          <t>commands.user.deleted</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
-          <t>Нет ограничений</t>
+          <t>Получить информацию о пользователе</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>No restrictions</t>
+          <t>Get information about user</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>commands.user.noRestrictions</t>
+          <t>commands.user.description</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
-          <t xml:space="preserve">Репутация: </t>
+          <t>Редактировать причину</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t xml:space="preserve">Reputation: </t>
+          <t>Edit reason</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>commands.user.reputation</t>
+          <t>commands.user.edit_reason</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
+        <is>
+          <t>Информация о канале {{title}}:</t>
+        </is>
+      </c>
+      <c r="C171" t="inlineStr">
+        <is>
+          <t>Information about channel {{title}}:</t>
+        </is>
+      </c>
+      <c r="D171" t="inlineStr"/>
+      <c r="E171" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F171" t="inlineStr">
+        <is>
+          <t>commands.user.header.chat</t>
+        </is>
+      </c>
+      <c r="G171" t="inlineStr"/>
+      <c r="H171" t="inlineStr"/>
+    </row>
+    <row r="172">
+      <c r="A172" t="inlineStr"/>
+      <c r="B172" t="inlineStr">
+        <is>
+          <t>Информация о пользователе &lt;a href="tg://user?id={{id}}"&gt;{{name}}&lt;/a&gt;:</t>
+        </is>
+      </c>
+      <c r="C172" t="inlineStr">
+        <is>
+          <t>Information about user &lt;a href="tg://user?id={{id}}"&gt;{{name}}&lt;/a&gt;:</t>
+        </is>
+      </c>
+      <c r="D172" t="inlineStr"/>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F172" t="inlineStr">
+        <is>
+          <t>commands.user.header.user</t>
+        </is>
+      </c>
+      <c r="G172" t="inlineStr"/>
+      <c r="H172" t="inlineStr"/>
+    </row>
+    <row r="173">
+      <c r="A173" t="inlineStr"/>
+      <c r="B173" t="inlineStr">
+        <is>
+          <t>Сообщений: {{messages}}</t>
+        </is>
+      </c>
+      <c r="C173" t="inlineStr">
+        <is>
+          <t>Messages: {{messages}}</t>
+        </is>
+      </c>
+      <c r="D173" t="inlineStr"/>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F173" t="inlineStr">
+        <is>
+          <t>commands.user.messages</t>
+        </is>
+      </c>
+      <c r="G173" t="inlineStr"/>
+      <c r="H173" t="inlineStr"/>
+    </row>
+    <row r="174">
+      <c r="A174" t="inlineStr"/>
+      <c r="B174" t="inlineStr">
+        <is>
+          <t>Нет ограничений</t>
+        </is>
+      </c>
+      <c r="C174" t="inlineStr">
+        <is>
+          <t>No restrictions</t>
+        </is>
+      </c>
+      <c r="D174" t="inlineStr"/>
+      <c r="E174" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F174" t="inlineStr">
+        <is>
+          <t>commands.user.noRestrictions</t>
+        </is>
+      </c>
+      <c r="G174" t="inlineStr"/>
+      <c r="H174" t="inlineStr"/>
+    </row>
+    <row r="175">
+      <c r="A175" t="inlineStr"/>
+      <c r="B175" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Репутация: </t>
+        </is>
+      </c>
+      <c r="C175" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Reputation: </t>
+        </is>
+      </c>
+      <c r="D175" t="inlineStr"/>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F175" t="inlineStr">
+        <is>
+          <t>commands.user.reputation</t>
+        </is>
+      </c>
+      <c r="G175" t="inlineStr"/>
+      <c r="H175" t="inlineStr"/>
+    </row>
+    <row r="176">
+      <c r="A176" t="inlineStr"/>
+      <c r="B176" t="inlineStr">
         <is>
           <t>{{type}} №{{id}} до {{until}}
 Пользователь: {{restricted}}
 Причина: {{reason}}
 Выдан: {{issue_date}}
 Модератор: {{moder}}
 Приложений: {{attaches}}
 {{canceled}}</t>
         </is>
       </c>
-      <c r="C171" t="inlineStr">
+      <c r="C176" t="inlineStr">
         <is>
           <t>{{type}} №{{id}} until {{until}}
 User: {{restricted}}
 Reason: {{reason}}
 Issued: {{issue_date}}
 Moder: {{moder}}
 Attaches: {{attaches}}
 {{canceled}}</t>
         </is>
       </c>
-      <c r="D171" t="inlineStr"/>
-[...128 lines deleted...]
-      </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>commands.user.uncanceled</t>
+          <t>commands.user.restriction</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t xml:space="preserve">Введите новую причину для ограничения, текущая: </t>
+          <t>Ограничение не найдено!</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t xml:space="preserve">Send new reason for restriction, current: </t>
+          <t>Restiction not found!</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>commands.user.updateReason</t>
+          <t>commands.user.restrictionNotFound</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
-          <t xml:space="preserve">Предупреждений: </t>
+          <t>Показать медиа</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t xml:space="preserve">warns </t>
+          <t>Show media</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>commands.user.warns</t>
+          <t>commands.user.showMedia</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
-          <t>AI-Воркеры:</t>
+          <t>Посмотреть сообщение</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>AI-Workers:</t>
+          <t>Show message</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>commands.user.workers</t>
+          <t>commands.user.showMessage</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
-          <t>Создание текстового репорта для пользователя</t>
+          <t>Восстановить</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>Creating a text report for the user</t>
+          <t>Restore</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>commands.userreport.description</t>
+          <t>commands.user.uncancel</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Я отправил информацию в личные сообщения!</t>
+          <t>Ограничение восстановлено!</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>I've sent the info in private messages!</t>
+          <t>Restriction restored!</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>commands.userreport.sent</t>
+          <t>commands.user.uncanceled</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
-          <t>{{moder}} удалил варн {{user}} с причиной "{{reason}}"</t>
+          <t xml:space="preserve">Введите новую причину для ограничения, текущая: </t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>{{moder}} removed {{user}}'s warn with the reason "{{reason}}"</t>
+          <t xml:space="preserve">Send new reason for restriction, current: </t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>commands.warn.cancel</t>
+          <t>commands.user.updateReason</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
-          <t>Выдать предупреждение пользователю</t>
+          <t xml:space="preserve">Предупреждений: </t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>Warns user</t>
+          <t xml:space="preserve">warns </t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>commands.warn.description</t>
+          <t>commands.user.warns</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Нельзя выдать предупреждение другому администратору!</t>
+          <t>AI-Воркеры:</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>You cannot give warn to other admin!</t>
+          <t>AI-Workers:</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>commands.warn.onlyUsers</t>
+          <t>commands.user.workers</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr"/>
       <c r="B185" t="inlineStr">
         <is>
-          <t>null</t>
+          <t>Заход в чат</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>ru</t>
+          <t>Joined Chat</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>extends</t>
+          <t>commands.userreport.chatJoin</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr"/>
       <c r="B186" t="inlineStr">
         <is>
-          <t>Создать</t>
+          <t>Статус в чате</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>Create</t>
+          <t>Chat status</t>
         </is>
       </c>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>general.Create</t>
+          <t>commands.userreport.chatStatus</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr"/>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Удалять</t>
+          <t>Создание текстового репорта для пользователя</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>Delete</t>
+          <t>Creating a text report for the user</t>
         </is>
       </c>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>general.Delete</t>
+          <t>commands.userreport.description</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr"/>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Отключить</t>
+          <t>Имя</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>Disable</t>
+          <t>First name</t>
         </is>
       </c>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>general.Disable</t>
+          <t>commands.userreport.firstName</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr"/>
       <c r="B189" t="inlineStr">
         <is>
-          <t>Редактировать</t>
+          <t>Полная информация о пользователе {{first_name}} в чате {{title}}</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Complete information about user {{first_name}} in chat {{title}}</t>
         </is>
       </c>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>general.Edit</t>
+          <t>commands.userreport.header</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr"/>
       <c r="B190" t="inlineStr">
         <is>
-          <t>Включить</t>
+          <t>Сообщений</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>Enable</t>
+          <t>Messages Sent</t>
         </is>
       </c>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>general.Enable</t>
+          <t>commands.userreport.messages</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr"/>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Навсегда</t>
+          <t>Репортов</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>Forever</t>
+          <t>Reports Sent</t>
         </is>
       </c>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>general.Forever</t>
+          <t>commands.userreport.reports.count</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr"/>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Никогда</t>
+          <t>Репорт #{{id}} от {{date}} ({{quality}})</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>Never</t>
+          <t>Report #{{id}} from {{date}} ({{quality}})</t>
         </is>
       </c>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>general.Never</t>
+          <t>commands.userreport.reports.element</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr"/>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Триггер</t>
+          <t>Актуальные репорты: {{sum}} репортов ({{avg}})</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>Trigger</t>
+          <t>Actual reports: {{sum}} reports ({{avg}})</t>
         </is>
       </c>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>general.Trigger</t>
+          <t>commands.userreport.reports.rate</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Добавить</t>
+          <t>Пользователь не выдавал наказаний</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>Add</t>
+          <t>User didn't issue any restrictions</t>
         </is>
       </c>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>general.add</t>
+          <t>commands.userreport.restrictions.issued.empty</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Все</t>
+          <t>Выданные наказания</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>All</t>
+          <t>Punishments Issued</t>
         </is>
       </c>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>general.all</t>
+          <t>commands.userreport.restrictions.issued.list</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Автомодерация</t>
+          <t>Пользователь не получал наказаний</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>Automoderation</t>
+          <t>User didn't received any restrictions</t>
         </is>
       </c>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>general.automoderation</t>
+          <t>commands.userreport.restrictions.received.empty</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr"/>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Назад</t>
+          <t>Полученные наказания</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Rreceived punishments</t>
         </is>
       </c>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>general.back</t>
+          <t>commands.userreport.restrictions.received.list</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr"/>
       <c r="B198" t="inlineStr">
         <is>
-          <t>блокировка</t>
+          <t>Я отправил информацию в личные сообщения!</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>ban</t>
+          <t>I've sent the info in private messages!</t>
         </is>
       </c>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>general.ban</t>
+          <t>commands.userreport.sent</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr"/>
       <c r="B199" t="inlineStr">
         <is>
-          <t>блокировки</t>
+          <t>Юзернейм</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>bans</t>
+          <t>Username</t>
         </is>
       </c>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>general.ban_few</t>
+          <t>commands.userreport.username</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr"/>
       <c r="B200" t="inlineStr">
         <is>
-          <t>блокировок</t>
+          <t>{{moder}} удалил варн {{user}} с причиной "{{reason}}"</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>bans</t>
+          <t>{{moder}} removed {{user}}'s warn with the reason "{{reason}}"</t>
         </is>
       </c>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>general.ban_many</t>
+          <t>commands.warn.cancel</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr"/>
       <c r="B201" t="inlineStr">
         <is>
-          <t>блокировок</t>
+          <t>Выдать предупреждение пользователю</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>bans</t>
+          <t>Warns user</t>
         </is>
       </c>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>general.ban_zero</t>
+          <t>commands.warn.description</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr"/>
       <c r="B202" t="inlineStr">
         <is>
+          <t>Нельзя выдать предупреждение другому администратору!</t>
+        </is>
+      </c>
+      <c r="C202" t="inlineStr">
+        <is>
+          <t>You cannot give warn to other admin!</t>
+        </is>
+      </c>
+      <c r="D202" t="inlineStr"/>
+      <c r="E202" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F202" t="inlineStr">
+        <is>
+          <t>commands.warn.onlyUsers</t>
+        </is>
+      </c>
+      <c r="G202" t="inlineStr"/>
+      <c r="H202" t="inlineStr"/>
+    </row>
+    <row r="203">
+      <c r="A203" t="inlineStr"/>
+      <c r="B203" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="C203" t="inlineStr">
+        <is>
+          <t>ru</t>
+        </is>
+      </c>
+      <c r="D203" t="inlineStr"/>
+      <c r="E203" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F203" t="inlineStr">
+        <is>
+          <t>extends</t>
+        </is>
+      </c>
+      <c r="G203" t="inlineStr"/>
+      <c r="H203" t="inlineStr"/>
+    </row>
+    <row r="204">
+      <c r="A204" t="inlineStr"/>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>Создать</t>
+        </is>
+      </c>
+      <c r="C204" t="inlineStr">
+        <is>
+          <t>Create</t>
+        </is>
+      </c>
+      <c r="D204" t="inlineStr"/>
+      <c r="E204" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F204" t="inlineStr">
+        <is>
+          <t>general.Create</t>
+        </is>
+      </c>
+      <c r="G204" t="inlineStr"/>
+      <c r="H204" t="inlineStr"/>
+    </row>
+    <row r="205">
+      <c r="A205" t="inlineStr"/>
+      <c r="B205" t="inlineStr">
+        <is>
+          <t>Удалять</t>
+        </is>
+      </c>
+      <c r="C205" t="inlineStr">
+        <is>
+          <t>Delete</t>
+        </is>
+      </c>
+      <c r="D205" t="inlineStr"/>
+      <c r="E205" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F205" t="inlineStr">
+        <is>
+          <t>general.Delete</t>
+        </is>
+      </c>
+      <c r="G205" t="inlineStr"/>
+      <c r="H205" t="inlineStr"/>
+    </row>
+    <row r="206">
+      <c r="A206" t="inlineStr"/>
+      <c r="B206" t="inlineStr">
+        <is>
+          <t>Отключить</t>
+        </is>
+      </c>
+      <c r="C206" t="inlineStr">
+        <is>
+          <t>Disable</t>
+        </is>
+      </c>
+      <c r="D206" t="inlineStr"/>
+      <c r="E206" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F206" t="inlineStr">
+        <is>
+          <t>general.Disable</t>
+        </is>
+      </c>
+      <c r="G206" t="inlineStr"/>
+      <c r="H206" t="inlineStr"/>
+    </row>
+    <row r="207">
+      <c r="A207" t="inlineStr"/>
+      <c r="B207" t="inlineStr">
+        <is>
+          <t>Редактировать</t>
+        </is>
+      </c>
+      <c r="C207" t="inlineStr">
+        <is>
+          <t>Edit</t>
+        </is>
+      </c>
+      <c r="D207" t="inlineStr"/>
+      <c r="E207" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F207" t="inlineStr">
+        <is>
+          <t>general.Edit</t>
+        </is>
+      </c>
+      <c r="G207" t="inlineStr"/>
+      <c r="H207" t="inlineStr"/>
+    </row>
+    <row r="208">
+      <c r="A208" t="inlineStr"/>
+      <c r="B208" t="inlineStr">
+        <is>
+          <t>Включить</t>
+        </is>
+      </c>
+      <c r="C208" t="inlineStr">
+        <is>
+          <t>Enable</t>
+        </is>
+      </c>
+      <c r="D208" t="inlineStr"/>
+      <c r="E208" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F208" t="inlineStr">
+        <is>
+          <t>general.Enable</t>
+        </is>
+      </c>
+      <c r="G208" t="inlineStr"/>
+      <c r="H208" t="inlineStr"/>
+    </row>
+    <row r="209">
+      <c r="A209" t="inlineStr"/>
+      <c r="B209" t="inlineStr">
+        <is>
+          <t>Навсегда</t>
+        </is>
+      </c>
+      <c r="C209" t="inlineStr">
+        <is>
+          <t>Forever</t>
+        </is>
+      </c>
+      <c r="D209" t="inlineStr"/>
+      <c r="E209" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F209" t="inlineStr">
+        <is>
+          <t>general.Forever</t>
+        </is>
+      </c>
+      <c r="G209" t="inlineStr"/>
+      <c r="H209" t="inlineStr"/>
+    </row>
+    <row r="210">
+      <c r="A210" t="inlineStr"/>
+      <c r="B210" t="inlineStr">
+        <is>
+          <t>Никогда</t>
+        </is>
+      </c>
+      <c r="C210" t="inlineStr">
+        <is>
+          <t>Never</t>
+        </is>
+      </c>
+      <c r="D210" t="inlineStr"/>
+      <c r="E210" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F210" t="inlineStr">
+        <is>
+          <t>general.Never</t>
+        </is>
+      </c>
+      <c r="G210" t="inlineStr"/>
+      <c r="H210" t="inlineStr"/>
+    </row>
+    <row r="211">
+      <c r="A211" t="inlineStr"/>
+      <c r="B211" t="inlineStr">
+        <is>
+          <t>Триггер</t>
+        </is>
+      </c>
+      <c r="C211" t="inlineStr">
+        <is>
+          <t>Trigger</t>
+        </is>
+      </c>
+      <c r="D211" t="inlineStr"/>
+      <c r="E211" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F211" t="inlineStr">
+        <is>
+          <t>general.Trigger</t>
+        </is>
+      </c>
+      <c r="G211" t="inlineStr"/>
+      <c r="H211" t="inlineStr"/>
+    </row>
+    <row r="212">
+      <c r="A212" t="inlineStr"/>
+      <c r="B212" t="inlineStr">
+        <is>
+          <t>Добавить</t>
+        </is>
+      </c>
+      <c r="C212" t="inlineStr">
+        <is>
+          <t>Add</t>
+        </is>
+      </c>
+      <c r="D212" t="inlineStr"/>
+      <c r="E212" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F212" t="inlineStr">
+        <is>
+          <t>general.add</t>
+        </is>
+      </c>
+      <c r="G212" t="inlineStr"/>
+      <c r="H212" t="inlineStr"/>
+    </row>
+    <row r="213">
+      <c r="A213" t="inlineStr"/>
+      <c r="B213" t="inlineStr">
+        <is>
+          <t>Все</t>
+        </is>
+      </c>
+      <c r="C213" t="inlineStr">
+        <is>
+          <t>All</t>
+        </is>
+      </c>
+      <c r="D213" t="inlineStr"/>
+      <c r="E213" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F213" t="inlineStr">
+        <is>
+          <t>general.all</t>
+        </is>
+      </c>
+      <c r="G213" t="inlineStr"/>
+      <c r="H213" t="inlineStr"/>
+    </row>
+    <row r="214">
+      <c r="A214" t="inlineStr"/>
+      <c r="B214" t="inlineStr">
+        <is>
+          <t>Автомодерация</t>
+        </is>
+      </c>
+      <c r="C214" t="inlineStr">
+        <is>
+          <t>Automoderation</t>
+        </is>
+      </c>
+      <c r="D214" t="inlineStr"/>
+      <c r="E214" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F214" t="inlineStr">
+        <is>
+          <t>general.automoderation</t>
+        </is>
+      </c>
+      <c r="G214" t="inlineStr"/>
+      <c r="H214" t="inlineStr"/>
+    </row>
+    <row r="215">
+      <c r="A215" t="inlineStr"/>
+      <c r="B215" t="inlineStr">
+        <is>
+          <t>Назад</t>
+        </is>
+      </c>
+      <c r="C215" t="inlineStr">
+        <is>
+          <t>Back</t>
+        </is>
+      </c>
+      <c r="D215" t="inlineStr"/>
+      <c r="E215" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F215" t="inlineStr">
+        <is>
+          <t>general.back</t>
+        </is>
+      </c>
+      <c r="G215" t="inlineStr"/>
+      <c r="H215" t="inlineStr"/>
+    </row>
+    <row r="216">
+      <c r="A216" t="inlineStr"/>
+      <c r="B216" t="inlineStr">
+        <is>
+          <t>блокировка</t>
+        </is>
+      </c>
+      <c r="C216" t="inlineStr">
+        <is>
+          <t>ban</t>
+        </is>
+      </c>
+      <c r="D216" t="inlineStr"/>
+      <c r="E216" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F216" t="inlineStr">
+        <is>
+          <t>general.ban</t>
+        </is>
+      </c>
+      <c r="G216" t="inlineStr"/>
+      <c r="H216" t="inlineStr"/>
+    </row>
+    <row r="217">
+      <c r="A217" t="inlineStr"/>
+      <c r="B217" t="inlineStr">
+        <is>
+          <t>блокировки</t>
+        </is>
+      </c>
+      <c r="C217" t="inlineStr">
+        <is>
+          <t>bans</t>
+        </is>
+      </c>
+      <c r="D217" t="inlineStr"/>
+      <c r="E217" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F217" t="inlineStr">
+        <is>
+          <t>general.ban_few</t>
+        </is>
+      </c>
+      <c r="G217" t="inlineStr"/>
+      <c r="H217" t="inlineStr"/>
+    </row>
+    <row r="218">
+      <c r="A218" t="inlineStr"/>
+      <c r="B218" t="inlineStr">
+        <is>
+          <t>блокировок</t>
+        </is>
+      </c>
+      <c r="C218" t="inlineStr">
+        <is>
+          <t>bans</t>
+        </is>
+      </c>
+      <c r="D218" t="inlineStr"/>
+      <c r="E218" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F218" t="inlineStr">
+        <is>
+          <t>general.ban_many</t>
+        </is>
+      </c>
+      <c r="G218" t="inlineStr"/>
+      <c r="H218" t="inlineStr"/>
+    </row>
+    <row r="219">
+      <c r="A219" t="inlineStr"/>
+      <c r="B219" t="inlineStr">
+        <is>
+          <t>блокировок</t>
+        </is>
+      </c>
+      <c r="C219" t="inlineStr">
+        <is>
+          <t>bans</t>
+        </is>
+      </c>
+      <c r="D219" t="inlineStr"/>
+      <c r="E219" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F219" t="inlineStr">
+        <is>
+          <t>general.ban_zero</t>
+        </is>
+      </c>
+      <c r="G219" t="inlineStr"/>
+      <c r="H219" t="inlineStr"/>
+    </row>
+    <row r="220">
+      <c r="A220" t="inlineStr"/>
+      <c r="B220" t="inlineStr">
+        <is>
           <t>Имперский бот для модерации.
 Разработка и поддержка: @sleeplesscode
 Канал: @imperium_guard</t>
         </is>
       </c>
-      <c r="C202" t="inlineStr">
+      <c r="C220" t="inlineStr">
         <is>
           <t>Imperium bot for moderation.
 Development and support: @sleeplesscode
 News channel: @imperium_guard</t>
         </is>
       </c>
-      <c r="D202" t="inlineStr"/>
-[...466 lines deleted...]
-      </c>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>general.commandRestriction.none</t>
+          <t>general.bot.description</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr"/>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Согласен</t>
+          <t>Имперский стражник</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>Confirm</t>
+          <t>Imperium Guard</t>
         </is>
       </c>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>general.confirm</t>
+          <t>general.bot.name</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr"/>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Удалить</t>
+          <t>отменено</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>Delete</t>
+          <t>cancelled</t>
         </is>
       </c>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>general.delete</t>
+          <t>general.canceled</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr"/>
       <c r="B223" t="inlineStr">
         <is>
-          <t>выключено</t>
+          <t>Согласие</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>disabled</t>
+          <t>Agreed</t>
         </is>
       </c>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>general.disabled</t>
+          <t>general.captcha.agree</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr"/>
       <c r="B224" t="inlineStr">
         <is>
-          <t>Редактировать</t>
+          <t>Эмозди-кнопки</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>Edit</t>
+          <t>Emoji buttons</t>
         </is>
       </c>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>general.edit</t>
+          <t>general.captcha.emoji</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr"/>
       <c r="B225" t="inlineStr">
         <is>
-          <t>включено</t>
+          <t>Отключена</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>enabled</t>
+          <t>Disabled</t>
         </is>
       </c>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>general.enabled</t>
+          <t>general.captcha.null</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr"/>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Чат не найден!</t>
+          <t>администратор</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>Chat not found!</t>
+          <t>administrator</t>
         </is>
       </c>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>general.errors.chatNotFound</t>
+          <t>general.chatMemberStatus.administrator</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr"/>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Вы делаете слишком много запросов, подождите {{seconds}} секунд!</t>
+          <t>владелец чата</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>You made too many requests, wait {{seconds}} seconds!</t>
+          <t>creator</t>
         </is>
       </c>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>general.errors.cooldown</t>
+          <t>general.chatMemberStatus.creator</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr"/>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Данная команда работает только в супер-группах!</t>
+          <t>исключён из чата</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>This command only works in supergroups!</t>
+          <t>kicked</t>
         </is>
       </c>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>general.errors.notAvaliable</t>
+          <t>general.chatMemberStatus.kicked</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr"/>
       <c r="B229" t="inlineStr">
         <is>
-          <t>У меня недостаточно прав для данного действия!</t>
+          <t>не в чате</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>I don't have enough rights for this action!</t>
+          <t>left</t>
         </is>
       </c>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>general.errors.notEnoughRights</t>
+          <t>general.chatMemberStatus.left</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr"/>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Я не смог написать в личные сообщения, отправьте команду /start мне в личные сообщения.</t>
+          <t>участник чата</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>I couldn't write in private messages, send the command /start to me in private messages.</t>
+          <t>member</t>
         </is>
       </c>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>general.errors.pmlock</t>
+          <t>general.chatMemberStatus.member</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr"/>
       <c r="B231" t="inlineStr">
         <is>
-          <t>Вы указали меня в качестве пользователя, проверьте корректность действия.</t>
+          <t>неизвестно</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>You have specified me as a user; please verify that this is correct.</t>
+          <t>unknown</t>
         </is>
       </c>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>general.errors.selfInteract</t>
+          <t>general.chatMemberStatus.null</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr"/>
       <c r="B232" t="inlineStr">
         <is>
-          <t>Из-за ограничений Telegram, сообщение не может быть отправлено!</t>
+          <t>ограниченный</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>Due to Telegram restrictions, the message cannot be sent!</t>
+          <t>restricted</t>
         </is>
       </c>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>general.errors.telegramRestrictedSending</t>
+          <t>general.chatMemberStatus.restricted</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr"/>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Подтверждён командой модерации</t>
+          <t>Закрыть</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>Confirmed by the moderation team</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>general.fileStatus.approved</t>
+          <t>general.close</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr"/>
       <c r="B234" t="inlineStr">
         <is>
-          <t>Проверен с помощью ИИ</t>
+          <t>Команда</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>Checked using AI</t>
+          <t>Command</t>
         </is>
       </c>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>general.fileStatus.automated</t>
+          <t>general.command</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr"/>
       <c r="B235" t="inlineStr">
         <is>
-          <t>На обучении командой модерации</t>
+          <t>Для модераторов чата</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>Training by the moderation team</t>
+          <t>Only for chat moders</t>
         </is>
       </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>general.fileStatus.denied</t>
+          <t>general.commandRestriction.administrator</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr"/>
       <c r="B236" t="inlineStr">
         <is>
-          <t>В обработке</t>
+          <t>Только для владельца чата</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>In processing</t>
+          <t>Only for chat owner</t>
         </is>
       </c>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>general.fileStatus.processing</t>
+          <t>general.commandRestriction.creator</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr"/>
       <c r="B237" t="inlineStr">
         <is>
-          <t>вечно</t>
+          <t>Для групп с приоритетом меньше или равным</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>infinity</t>
+          <t>Only for groups with priority less or equal</t>
         </is>
       </c>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>general.infinity</t>
+          <t>general.commandRestriction.group</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr"/>
       <c r="B238" t="inlineStr">
         <is>
-          <t>мес</t>
+          <t>Отключена для всех</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>mon</t>
+          <t>Disabled for everyone</t>
         </is>
       </c>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>general.intervals.M</t>
+          <t>general.commandRestriction.none</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr"/>
       <c r="B239" t="inlineStr">
         <is>
-          <t>дн</t>
+          <t>Согласен</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>day</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>general.intervals.d</t>
+          <t>general.confirm</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr"/>
       <c r="B240" t="inlineStr">
         <is>
-          <t>час</t>
+          <t>Удалить</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>hr</t>
+          <t>Delete</t>
         </is>
       </c>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>general.intervals.h</t>
+          <t>general.delete</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr"/>
       <c r="B241" t="inlineStr">
         <is>
-          <t>мин</t>
+          <t>выключено</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>min</t>
+          <t>disabled</t>
         </is>
       </c>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>general.intervals.m</t>
+          <t>general.disabled</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr"/>
       <c r="B242" t="inlineStr">
         <is>
-          <t>год</t>
+          <t>Редактировать</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>year</t>
+          <t>Edit</t>
         </is>
       </c>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>general.intervals.y</t>
+          <t>general.edit</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr"/>
       <c r="B243" t="inlineStr">
         <is>
-          <t>Ссылки</t>
+          <t>включено</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>Links</t>
+          <t>enabled</t>
         </is>
       </c>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>general.links</t>
+          <t>general.enabled</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr"/>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Заблокировать</t>
+          <t>Чат не найден!</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>Ban</t>
+          <t>Chat not found!</t>
         </is>
       </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>general.modRule.ban</t>
+          <t>general.errors.chatNotFound</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr"/>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Удалить сообщение</t>
+          <t>Вы делаете слишком много запросов, подождите {{seconds}} секунд!</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>Delete message</t>
+          <t>You made too many requests, wait {{seconds}} seconds!</t>
         </is>
       </c>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>general.modRule.delete</t>
+          <t>general.errors.cooldown</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr"/>
       <c r="B246" t="inlineStr">
         <is>
-          <t>Игнорировать</t>
+          <t>Данная команда работает только в супер-группах!</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>Ignore</t>
+          <t>This command only works in supergroups!</t>
         </is>
       </c>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>general.modRule.ignore</t>
+          <t>general.errors.notAvaliable</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr"/>
       <c r="B247" t="inlineStr">
         <is>
-          <t>Исключить</t>
+          <t>У меня недостаточно прав для данного действия!</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>Kick</t>
+          <t>I don't have enough rights for this action!</t>
         </is>
       </c>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>general.modRule.kick</t>
+          <t>general.errors.notEnoughRights</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr"/>
       <c r="B248" t="inlineStr">
         <is>
-          <t>Отправить сообщение</t>
+          <t>Я не смог выдать ограничение, так как у меня не хватает прав в чате, проверьте аудит для подробностей!</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>Send message</t>
+          <t>I couldn't apply the restriction because I don't have enough permissions in the chat. Check the audit for details!</t>
         </is>
       </c>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>general.modRule.message</t>
+          <t>general.errors.notEnoughRightsToRestrict</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr"/>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Замутить</t>
+          <t>Я не смог написать в личные сообщения, отправьте команду /start мне в личные сообщения.</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>Mute</t>
+          <t>I couldn't write in private messages, send the command /start to me in private messages.</t>
         </is>
       </c>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>general.modRule.mute</t>
+          <t>general.errors.pmlock</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr"/>
       <c r="B250" t="inlineStr">
         <is>
-          <t>Уведомить</t>
+          <t>Вы указали меня в качестве пользователя, проверьте корректность действия.</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>Notify</t>
+          <t>You have specified me as a user; please verify that this is correct.</t>
         </is>
       </c>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>general.modRule.notify</t>
+          <t>general.errors.selfInteract</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr"/>
       <c r="B251" t="inlineStr">
         <is>
-          <t>Не установлено</t>
+          <t>Из-за ограничений Telegram, сообщение не может быть отправлено!</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>Due to Telegram restrictions, the message cannot be sent!</t>
         </is>
       </c>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>general.modRule.null</t>
+          <t>general.errors.telegramRestrictedSending</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr"/>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Изменить репутацию</t>
+          <t>Подтверждён командой модерации</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>Change reputation</t>
+          <t>Confirmed by the moderation team</t>
         </is>
       </c>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>general.modRule.reputation</t>
+          <t>general.fileStatus.approved</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr"/>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Не указано</t>
+          <t>Проверен с помощью ИИ</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>Checked using AI</t>
         </is>
       </c>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>general.modRule.undefined</t>
+          <t>general.fileStatus.automated</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr"/>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Удалять с предупреждением</t>
+          <t>На обучении командой модерации</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>Delete with warn</t>
+          <t>Training by the moderation team</t>
         </is>
       </c>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>general.modRule.warn</t>
+          <t>general.fileStatus.denied</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr"/>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Очистка удалённых аккаунтов</t>
+          <t>В обработке</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>Clearing of deleted accounts</t>
+          <t>In processing</t>
         </is>
       </c>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>general.nativeTask.name.clear_deleted</t>
+          <t>general.fileStatus.processing</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr"/>
       <c r="B256" t="inlineStr">
         <is>
-          <t>В очереди</t>
+          <t>вечно</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>In queue</t>
+          <t>infinity</t>
         </is>
       </c>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>general.nativeTask.status.0</t>
+          <t>general.infinity</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr"/>
       <c r="B257" t="inlineStr">
         <is>
-          <t>В работе</t>
+          <t>мес</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
-          <t>In progress</t>
+          <t>mon</t>
         </is>
       </c>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>general.nativeTask.status.1</t>
+          <t>general.intervals.M</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr"/>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Завершено</t>
+          <t>дн</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
-          <t>Done</t>
+          <t>day</t>
         </is>
       </c>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>general.nativeTask.status.2</t>
+          <t>general.intervals.d</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr"/>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Ошибка</t>
+          <t>час</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
-          <t>Errored</t>
+          <t>hr</t>
         </is>
       </c>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>general.nativeTask.status.3</t>
+          <t>general.intervals.h</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr"/>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Отменено</t>
+          <t>мин</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>Canceled</t>
+          <t>min</t>
         </is>
       </c>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>general.nativeTask.status.4</t>
+          <t>general.intervals.m</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr"/>
       <c r="B261" t="inlineStr">
         <is>
-          <t>не установлено</t>
+          <t>год</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>not set</t>
+          <t>year</t>
         </is>
       </c>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>general.notSet</t>
+          <t>general.intervals.y</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr"/>
       <c r="B262" t="inlineStr">
         <is>
-          <t>не привязан</t>
+          <t>Ссылки</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>not linked</t>
+          <t>Links</t>
         </is>
       </c>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>general.notlinked</t>
+          <t>general.links</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr"/>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Удаление сообщений</t>
+          <t>медиа</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>Delete messages</t>
+          <t>Media</t>
         </is>
       </c>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>general.permissions.delete_messages</t>
+          <t>general.media</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr"/>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Управление наказаниями</t>
+          <t>Заблокировать</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>Manage restrictions</t>
+          <t>Ban</t>
         </is>
       </c>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>general.permissions.manage_restrictions</t>
+          <t>general.modRule.ban</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr"/>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Удаление ограничений</t>
+          <t>Удалить сообщение</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>Removing restrictions</t>
+          <t>Delete message</t>
         </is>
       </c>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>general.permissions.remove_restrictions</t>
+          <t>general.modRule.delete</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr"/>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Управление репортами</t>
+          <t>Игнорировать</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
-          <t>Manage reports</t>
+          <t>Ignore</t>
         </is>
       </c>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>general.permissions.reports</t>
+          <t>general.modRule.ignore</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr"/>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Выдача блокировок</t>
+          <t>Исключить</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
-          <t>Issuing bans</t>
+          <t>Kick</t>
         </is>
       </c>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>general.permissions.restrict_ban</t>
+          <t>general.modRule.kick</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr"/>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Выдача мутов</t>
+          <t>Отправить сообщение</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>Issuing mutes</t>
+          <t>Send message</t>
         </is>
       </c>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>general.permissions.restrict_mute</t>
+          <t>general.modRule.message</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr"/>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Выдача предупреждений</t>
+          <t>Замутить</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
-          <t>Issuing warns</t>
+          <t>Mute</t>
         </is>
       </c>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>general.permissions.restrict_warn</t>
+          <t>general.modRule.mute</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr"/>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Изменение настроек чата</t>
+          <t>Уведомить</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
-          <t>Manage chat settings</t>
+          <t>Notify</t>
         </is>
       </c>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>general.permissions.settings</t>
+          <t>general.modRule.notify</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr"/>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Недостаточно прав для выполнения данной команды!</t>
+          <t>Не установлено</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
-          <t>Insufficient rights to execute this command!</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>general.restricted</t>
+          <t>general.modRule.null</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr"/>
       <c r="B272" t="inlineStr">
         <is>
-          <t>блокировка</t>
+          <t>Изменить репутацию</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
-          <t>ban</t>
+          <t>Change reputation</t>
         </is>
       </c>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>general.restrictionType.ban</t>
+          <t>general.modRule.reputation</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr"/>
       <c r="B273" t="inlineStr">
         <is>
-          <t>мут</t>
+          <t>Не указано</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>mute</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>general.restrictionType.mute</t>
+          <t>general.modRule.undefined</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr"/>
       <c r="B274" t="inlineStr">
         <is>
-          <t>заметка</t>
+          <t>Удалять с предупреждением</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>note</t>
+          <t>Delete with warn</t>
         </is>
       </c>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>general.restrictionType.note</t>
+          <t>general.modRule.warn</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr"/>
       <c r="B275" t="inlineStr">
         <is>
-          <t>предупреждение</t>
+          <t>Очистка удалённых аккаунтов</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>warn</t>
+          <t>Clearing of deleted accounts</t>
         </is>
       </c>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>general.restrictionType.warn</t>
+          <t>general.nativeTask.name.clear_deleted</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr"/>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Административная команда</t>
+          <t>В очереди</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
-          <t>Administration command</t>
+          <t>In queue</t>
         </is>
       </c>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>general.restrictions.adminCommand</t>
+          <t>general.nativeTask.status.0</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr"/>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Удалить и сообщить об ошибке</t>
+          <t>В работе</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
-          <t>Delete and report error</t>
+          <t>In progress</t>
         </is>
       </c>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>general.restrictions.aiReport</t>
+          <t>general.nativeTask.status.1</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr"/>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Автомодерация</t>
+          <t>Завершено</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
-          <t>Automoderation</t>
+          <t>Done</t>
         </is>
       </c>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>general.restrictions.automod</t>
+          <t>general.nativeTask.status.2</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr"/>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Модератор {{user}} заблокировал пользователя {{restricted}}</t>
+          <t>Ошибка</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
-          <t>Moderator {{user}} banned user {{restricted}}</t>
+          <t>Errored</t>
         </is>
       </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>general.restrictions.ban</t>
+          <t>general.nativeTask.status.3</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr"/>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Модератор {{user}} запретил владельцу канала {{restricted}} отправлять сообщения анонимно</t>
+          <t>Отменено</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
-          <t>Moderator {{user}} has banned channel owner {{restricted}} from posting anonymously</t>
+          <t>Canceled</t>
         </is>
       </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>general.restrictions.banChannel</t>
+          <t>general.nativeTask.status.4</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr"/>
       <c r="B281" t="inlineStr">
         <is>
-          <t>У меня недостаточно прав для выполнения этого действия, убедитесь что выдали мне права администратора в чате.</t>
+          <t>не установлено</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>I don't have enough permissions to perform this action, make sure you give me admin rights in chat.</t>
+          <t>not set</t>
         </is>
       </c>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>general.restrictions.chatAdminRequired</t>
+          <t>general.notSet</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr"/>
       <c r="B282" t="inlineStr">
         <is>
-          <t>на {{duration}}</t>
+          <t>не привязан</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
-          <t>for {{duration}}</t>
+          <t>not linked</t>
         </is>
       </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>general.restrictions.duration</t>
+          <t>general.notlinked</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr"/>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Модератор {{user}} выгнал пользователя {{restricted}}</t>
+          <t>Удаление сообщений</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
-          <t>Moderator {{user}} kicked user {{restricted}}</t>
+          <t>Delete messages</t>
         </is>
       </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>general.restrictions.kick</t>
+          <t>general.permissions.delete_messages</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr"/>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Модератор {{user}} замутил пользователя {{restricted}}</t>
+          <t>Управление наказаниями</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
-          <t>Moderator {{user}} muted user {{restricted}}</t>
+          <t>Manage restrictions</t>
         </is>
       </c>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>general.restrictions.mute</t>
+          <t>general.permissions.manage_restrictions</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr"/>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Заметка для {{restricted}} с текстом "{{reason}}" создана</t>
+          <t>Удаление ограничений</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
-          <t>Note for {{restricted}} with text "{{reason}}" created</t>
+          <t>Removing restrictions</t>
         </is>
       </c>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>general.restrictions.note</t>
+          <t>general.permissions.remove_restrictions</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr"/>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Не удалось выдать блокировку на уровне Telegram API, информация о блокировке сохранена в карточке пользователя.</t>
+          <t>Управление репортами</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
-          <t>Failed to issue a ban at the Telegram API level, the blocking information is saved in the user card.</t>
+          <t>Manage reports</t>
         </is>
       </c>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>general.restrictions.participantId</t>
+          <t>general.permissions.reports</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr"/>
       <c r="B287" t="inlineStr">
         <is>
-          <t>по причине "{{reason}}"</t>
+          <t>Выдача блокировок</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
-          <t>with reason "{{reason}}"</t>
+          <t>Issuing bans</t>
         </is>
       </c>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>general.restrictions.reason</t>
+          <t>general.permissions.restrict_ban</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr"/>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Модератор {{user}} выдал предупреждение пользователю {{restricted}}</t>
+          <t>Выдача мутов</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
-          <t>Moderator {{user}} warned user {{restricted}}</t>
+          <t>Issuing mutes</t>
         </is>
       </c>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>general.restrictions.warn</t>
+          <t>general.permissions.restrict_mute</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr"/>
       <c r="B289" t="inlineStr">
         <is>
-          <t>лимит варнов</t>
+          <t>Выдача предупреждений</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>warns limit</t>
+          <t>Issuing warns</t>
         </is>
       </c>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>general.restrictions.warnsLimit</t>
+          <t>general.permissions.restrict_warn</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr"/>
       <c r="B290" t="inlineStr">
         <is>
-          <t>сохранить</t>
+          <t>Изменение настроек чата</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>save</t>
+          <t>Manage chat settings</t>
         </is>
       </c>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>general.save</t>
+          <t>general.permissions.settings</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr"/>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Администраторы</t>
+          <t>Недостаточно прав для выполнения данной команды!</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>Administrators</t>
+          <t>Insufficient rights to execute this command!</t>
         </is>
       </c>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>general.selector.admins</t>
+          <t>general.restricted</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr"/>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Все участники</t>
+          <t>блокировка</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>All users</t>
+          <t>ban</t>
         </is>
       </c>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>general.selector.all</t>
+          <t>general.restrictionType.ban</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr"/>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Отключены</t>
+          <t>мут</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Disabled</t>
+          <t>mute</t>
         </is>
       </c>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>general.selector.disabled</t>
+          <t>general.restrictionType.mute</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr"/>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Владелец</t>
+          <t>заметка</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>Creator</t>
+          <t>note</t>
         </is>
       </c>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>general.selector.owner</t>
+          <t>general.restrictionType.note</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr"/>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Не установлено</t>
+          <t>предупреждение</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>Not set</t>
+          <t>warn</t>
         </is>
       </c>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>general.selector.undefined</t>
+          <t>general.restrictionType.warn</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr"/>
       <c r="B296" t="inlineStr">
         <is>
-          <t>установлено</t>
+          <t>Административная команда</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>set</t>
+          <t>Administration command</t>
         </is>
       </c>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>general.set</t>
+          <t>general.restrictions.adminCommand</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr"/>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Аудит</t>
+          <t>Удалить и сообщить об ошибке</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Audit</t>
+          <t>Delete and report error</t>
         </is>
       </c>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>general.settings.audit</t>
+          <t>general.restrictions.aiReport</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr"/>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Реакция на CAS-блокировку</t>
+          <t>Автомодерация</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Reaction on CAS-ban</t>
+          <t>Automoderation</t>
         </is>
       </c>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>general.settings.automod.cas.name</t>
+          <t>general.restrictions.automod</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr"/>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Модерация контактов</t>
+          <t>Модератор {{user}} заблокировал пользователя {{restricted}}</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>Contacts moderation</t>
+          <t>Moderator {{user}} banned user {{restricted}}</t>
         </is>
       </c>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>general.settings.automod.contacts.name</t>
+          <t>general.restrictions.ban</t>
         </is>
       </c>
       <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr"/>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Удаление стикеров</t>
+          <t>Модератор {{user}} запретил владельцу канала {{restricted}} отправлять сообщения анонимно</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>Sticker deletion</t>
+          <t>Moderator {{user}} has banned channel owner {{restricted}} from posting anonymously</t>
         </is>
       </c>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>general.settings.automod.delStickers.name</t>
+          <t>general.restrictions.banChannel</t>
         </is>
       </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr"/>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Удалять прочие команды</t>
+          <t>У меня недостаточно прав для выполнения этого действия, убедитесь что выдали мне права администратора в чате.</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Delete others commands</t>
+          <t>I don't have enough permissions to perform this action, make sure you give me admin rights in chat.</t>
         </is>
       </c>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>general.settings.automod.deleteCommands.name</t>
+          <t>general.restrictions.chatAdminRequired</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr"/>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Модерация флуда</t>
+          <t>на {{duration}}</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Flood moderation</t>
+          <t>for {{duration}}</t>
         </is>
       </c>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>general.settings.automod.flood.name</t>
+          <t>general.restrictions.duration</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr"/>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Модерация игр</t>
+          <t>Модератор {{user}} выгнал пользователя {{restricted}}</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Games moderation</t>
+          <t>Moderator {{user}} kicked user {{restricted}}</t>
         </is>
       </c>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>general.settings.automod.games.name</t>
+          <t>general.restrictions.kick</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr"/>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Реакция на GAS-блокировку</t>
+          <t>Модератор {{user}} замутил пользователя {{restricted}}</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Reaction on GAS-ban</t>
+          <t>Moderator {{user}} muted user {{restricted}}</t>
         </is>
       </c>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>general.settings.automod.gas.name</t>
+          <t>general.restrictions.mute</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr"/>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Настройки автоматической модерации в чате {{title}}</t>
+          <t>Заметка для {{restricted}} с текстом "{{reason}}" создана</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Automatic moderation settings in chat {{title}}</t>
+          <t>Note for {{restricted}} with text "{{reason}}" created</t>
         </is>
       </c>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>general.settings.automod.header</t>
+          <t>general.restrictions.note</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr"/>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Скрытная работа триггеров</t>
+          <t>Не удалось выдать блокировку на уровне Telegram API, информация о блокировке сохранена в карточке пользователя.</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Silent mode of triggers</t>
+          <t>Failed to issue a ban at the Telegram API level, the blocking information is saved in the user card.</t>
         </is>
       </c>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>general.settings.automod.hideTriggerMessage.name</t>
+          <t>general.restrictions.participantId</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr"/>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Фильтр ссылок</t>
+          <t>по причине "{{reason}}"</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Links white list</t>
+          <t>with reason "{{reason}}"</t>
         </is>
       </c>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>general.settings.automod.linksList.name</t>
+          <t>general.restrictions.reason</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr"/>
       <c r="B308" t="inlineStr">
         <is>
-          <t>Модерация локаций</t>
+          <t>Модератор {{user}} выдал предупреждение пользователю {{restricted}}</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Location moderation</t>
+          <t>Moderator {{user}} warned user {{restricted}}</t>
         </is>
       </c>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>general.settings.automod.location.name</t>
+          <t>general.restrictions.warn</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr"/>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Отправьте процент нарушающих стикеров в паке или выберите непосредственную отправку нарушения.</t>
+          <t>лимит варнов</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Sent percent of unacceptable stickers in stickerpack or click on button to restrict when unacceptable sticker is sent.</t>
+          <t>warns limit</t>
         </is>
       </c>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaCheck.detection</t>
+          <t>general.restrictions.warnsLimit</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr"/>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Отправьте длительность наказания в виде интервала</t>
+          <t>сохранить</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Sent duration of restriction in interval format</t>
+          <t>save</t>
         </is>
       </c>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaCheck.duration</t>
+          <t>general.save</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr"/>
       <c r="B311" t="inlineStr">
         <is>
-          <t>Проверка медиа</t>
+          <t>Администраторы</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Media checking</t>
+          <t>Administrators</t>
         </is>
       </c>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaCheck.name</t>
+          <t>general.selector.admins</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr"/>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Выберите наказание для пользователя</t>
+          <t>Все участники</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>Select user restriction</t>
+          <t>All users</t>
         </is>
       </c>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaCheck.punishment</t>
+          <t>general.selector.all</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr"/>
       <c r="B313" t="inlineStr">
         <is>
-          <t>Отправка запрещённого материала</t>
+          <t>Отключены</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Unacceptable media sent</t>
+          <t>Disabled</t>
         </is>
       </c>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaCheck.sent</t>
+          <t>general.selector.disabled</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr"/>
       <c r="B314" t="inlineStr">
         <is>
-          <t>Максимальное количество медиа в ряд</t>
+          <t>Владелец</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>Maximum number of media in row</t>
+          <t>Creator</t>
         </is>
       </c>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaSpamCheck.count.name</t>
+          <t>general.selector.owner</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr"/>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Длительность наказания за спам медиа</t>
+          <t>Не установлено</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Duration of punishment for media spam</t>
+          <t>Not set</t>
         </is>
       </c>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaSpamCheck.duration.name</t>
+          <t>general.selector.undefined</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr"/>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Интервал проверки медиа спама</t>
+          <t>установлено</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Media spam check interval</t>
+          <t>set</t>
         </is>
       </c>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaSpamCheck.interval.name</t>
+          <t>general.set</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr"/>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Наказание за спам медиа</t>
+          <t>Аудит</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Punishment for media spam</t>
+          <t>Audit</t>
         </is>
       </c>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>general.settings.automod.mediaSpamCheck.punishment.name</t>
+          <t>general.settings.audit</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr"/>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Длительность мута при использовании команд модерации</t>
+          <t>Настройки баз банов в чате {{title}}</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Mute duration when trying to use moderation commands</t>
+          <t>Settings of bans bases in chat {{title}}</t>
         </is>
       </c>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>general.settings.automod.muteOnPermission.name</t>
+          <t>general.settings.automod.bansSystems.header</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr"/>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Длительность ограничений новичка</t>
+          <t>Базы банов</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Duration of beginner's restrictions</t>
+          <t>Bans bases</t>
         </is>
       </c>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>general.settings.automod.newbieRestrictions.name</t>
+          <t>general.settings.automod.bansSystems.name</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr"/>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Интервал проверки на рейд</t>
+          <t>Combot Anti Spam</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>Raid check interval</t>
+          <t>Combot Anti Spam</t>
         </is>
       </c>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>general.settings.automod.raid.interval.name</t>
+          <t>general.settings.automod.cas.name</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr"/>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Порог сработки рейд системы</t>
+          <t>Контакты</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Raid system threshold</t>
+          <t>Contacts</t>
         </is>
       </c>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>general.settings.automod.raid.threshold.name</t>
+          <t>general.settings.automod.contacts.name</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr"/>
       <c r="B322" t="inlineStr">
         <is>
-          <t>Реакций до блокировки</t>
+          <t>Удаление стикеров</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Reactions until ban</t>
+          <t>Sticker deletion</t>
         </is>
       </c>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>general.settings.automod.reactionsUntilBan.name</t>
+          <t>general.settings.automod.delStickers.name</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr"/>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Спам</t>
+          <t>Удалять прочие команды</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Spam</t>
+          <t>Delete others commands</t>
         </is>
       </c>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>general.settings.automod.spamLike.name</t>
+          <t>general.settings.automod.deleteCommands.name</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr"/>
       <c r="B324" t="inlineStr">
         <is>
-          <t>Избиение, убийство или мучение животных; изображения зоофилии.</t>
+          <t>Модерация флуда</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>Beating, killing, or abusing animals; images of zoophilia.</t>
+          <t>Flood moderation</t>
         </is>
       </c>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.animal_abuse.description</t>
+          <t>general.settings.automod.flood.name</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr"/>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Насилие над животными</t>
+          <t>Игры</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>Animal Abuse</t>
+          <t>Games</t>
         </is>
       </c>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.animal_abuse.name</t>
+          <t>general.settings.automod.games.name</t>
         </is>
       </c>
       <c r="G325" t="inlineStr"/>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr"/>
       <c r="B326" t="inlineStr">
         <is>
-          <t>Материалы, содержащие сцены насилия или кровь (например, боевые сцены, травмы).</t>
+          <t>Guard Anti Spam</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>Materials containing scenes of violence or blood (e.g., battle scenes, injuries).</t>
+          <t>Guard Anti Spam</t>
         </is>
       </c>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.blood.description</t>
+          <t>general.settings.automod.gas.name</t>
         </is>
       </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr"/>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Кровь и насилие (общее)</t>
+          <t>Настройки автоматической модерации в чате {{title}}</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Blood and Violence (General)</t>
+          <t>Automatic moderation settings in chat {{title}}</t>
         </is>
       </c>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.blood.name</t>
+          <t>general.settings.automod.header</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr"/>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Изображения с кровью или её визуализацией: персонажи в крови, скопления крови.</t>
+          <t>Скрытная работа триггеров</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Images with blood or its visualization: characters covered in blood, pools of blood.</t>
+          <t>Silent mode of triggers</t>
         </is>
       </c>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.blood-blood.description</t>
+          <t>general.settings.automod.hideTriggerMessage.name</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr"/>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Кровь</t>
+          <t>Фильтр ссылок</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Blood</t>
+          <t>Links white list</t>
         </is>
       </c>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.blood-blood.name</t>
+          <t>general.settings.automod.linksList.name</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr"/>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Показаны сцены убийства людей, раны с внутренностями, кадры расчленения (включая самоубийство).</t>
+          <t>Локации</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Scenes of murder, wounds with internal organs exposed, and dismemberment (including suicide) are shown.</t>
+          <t>Locations</t>
         </is>
       </c>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.blood-killing.description</t>
+          <t>general.settings.automod.location.name</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr"/>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Сцены убийств и расчленения</t>
+          <t>Отправьте процент нарушающих стикеров в паке или выберите непосредственную отправку нарушения.</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Scenes of murder and dismemberment</t>
+          <t>Sent percent of unacceptable stickers in stickerpack or click on button to restrict when unacceptable sticker is sent.</t>
         </is>
       </c>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.blood-killing.name</t>
+          <t>general.settings.automod.mediaCheck.detection</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr"/>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Материалы без признаков нарушений и неприемлемого контента.</t>
+          <t>Отправьте длительность наказания в виде интервала</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>Materials without signs of violations or unacceptable content.</t>
+          <t>Sent duration of restriction in interval format</t>
         </is>
       </c>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.clear.description</t>
+          <t>general.settings.automod.mediaCheck.duration</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr"/>
       <c r="B333" t="inlineStr">
         <is>
-          <t>Безопасные</t>
+          <t>Проверка медиа</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>Safe</t>
+          <t>Media checking</t>
         </is>
       </c>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.clear.name</t>
+          <t>general.settings.automod.mediaCheck.name</t>
         </is>
       </c>
       <c r="G333" t="inlineStr"/>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr"/>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Стикеры, вызывающие зависание или сбой работы клиента Telegram.</t>
+          <t>Выберите наказание для пользователя</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>Stickers that cause Telegram to freeze or crash.</t>
+          <t>Select user restriction</t>
         </is>
       </c>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.crash.description</t>
+          <t>general.settings.automod.mediaCheck.punishment</t>
         </is>
       </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr"/>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Краш-стикеры</t>
+          <t>Отправка запрещённого материала</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Crash Stickers</t>
+          <t>Unacceptable media sent</t>
         </is>
       </c>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.crash.name</t>
+          <t>general.settings.automod.mediaCheck.sent</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr"/>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Контент потенциально опасный для людей с эпилепсией: мигающие/яркие эффекты.</t>
+          <t>Максимальное количество ряд</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Content potentially dangerous for people with epilepsy: flashing/bright effects.</t>
+          <t>Maximum number in row</t>
         </is>
       </c>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.epileptic.description</t>
+          <t>general.settings.automod.mediaSpamCheck.count.name</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr"/>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Эпилептогенный контент</t>
+          <t>Длительность наказания</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Epileptogenic content</t>
+          <t>Duration of punishment</t>
         </is>
       </c>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.epileptic.name</t>
+          <t>general.settings.automod.mediaSpamCheck.duration.name</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr"/>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Изображения вызывающие подсознательный страх (например, образы типа 'Момо').</t>
+          <t>Настройки модерации спама медиа в чате {{title}}</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Images that evoke subconscious fear (e.g., images such as ‘Momo’).</t>
+          <t>Settings of media spam moderation in chat {{title}}</t>
         </is>
       </c>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.epileptic-scare.description</t>
+          <t>general.settings.automod.mediaSpamCheck.header</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr"/>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Тревожные изображения</t>
+          <t>Интервал проверки</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Disturbing Images</t>
+          <t>Сheck interval</t>
         </is>
       </c>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.epileptic-scare.name</t>
+          <t>general.settings.automod.mediaSpamCheck.interval.name</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr"/>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Видео с быстрой сменой цветов или мигающими эффектами; может представлять угрозу для людей с эпилепсией.</t>
+          <t>Модерация спама медиа</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Videos with rapid color changes or flashing effects may pose a risk to people with epilepsy.</t>
+          <t>Media spam moderation</t>
         </is>
       </c>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.epileptic-seizure.description</t>
+          <t>general.settings.automod.mediaSpamCheck.name</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr"/>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Фотосенсорно-опасный контент</t>
+          <t>Наказание</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Photosensitive Content</t>
+          <t>Punishment</t>
         </is>
       </c>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.epileptic-seizure.name</t>
+          <t>general.settings.automod.mediaSpamCheck.punishment.name</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr"/>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Файл в обработке</t>
+          <t>Настройки модерации типов сообщений в чате {{title}}</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>File in processing</t>
+          <t>Message types moderation in chat {{title}}</t>
         </is>
       </c>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.null.description</t>
+          <t>general.settings.automod.messageModeration.header</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr"/>
       <c r="B343" t="inlineStr">
         <is>
-          <t>В обработке</t>
+          <t>Модерация типов сообщений</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>In processing</t>
+          <t>Message types moderation</t>
         </is>
       </c>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.null.name</t>
+          <t>general.settings.automod.messageModeration.name</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr"/>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Контент на политические темы/движения/события.</t>
+          <t>Длительность мута при использовании команд модерации</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>Content on political topics/movements/events.</t>
+          <t>Mute duration when trying to use moderation commands</t>
         </is>
       </c>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.politics.description</t>
+          <t>general.settings.automod.muteOnPermission.name</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr"/>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Политика</t>
+          <t>Длительность ограничений новичка</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>Politics</t>
+          <t>Duration of beginner's restrictions</t>
         </is>
       </c>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.politics.name</t>
+          <t>general.settings.automod.newbieRestrictions.name</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr"/>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Флаги и гербы различных стран.</t>
+          <t>Настройки анти-рейд системы в чате {{title}}</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>Flags and coats of arms of various countries.</t>
+          <t>Settings of anti-raid system in chat {{title}}</t>
         </is>
       </c>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.politics-flags.description</t>
+          <t>general.settings.automod.raid.header</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr"/>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Символика стран</t>
+          <t>Интервал</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>Country Symbols</t>
+          <t>Check interval</t>
         </is>
       </c>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.politics-flags.name</t>
+          <t>general.settings.automod.raid.interval.name</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr"/>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Нацистская символика и националистические лозунги (включая ‘1488’).</t>
+          <t>Анти-рейд</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Nazi symbols and nationalist slogans (including ‘1488’).</t>
+          <t>Anti-raid</t>
         </is>
       </c>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.politics-nazi.description</t>
+          <t>general.settings.automod.raid.name</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr"/>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Нацистская символика</t>
+          <t>Порог сработки</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Nazi symbols</t>
+          <t>Threshold</t>
         </is>
       </c>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.politics-nazi.name</t>
+          <t>general.settings.automod.raid.threshold.name</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr"/>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Зеленский, Путин, Трамп, Макрон и другие президенты.</t>
+          <t>Реакций до блокировки</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Zelensky, Putin, Trump, Macron, and other presidents.</t>
+          <t>Reactions until ban</t>
         </is>
       </c>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.politics-presidents.description</t>
+          <t>general.settings.automod.reactionsUntilBan.name</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr"/>
       <c r="B351" t="inlineStr">
         <is>
-          <t>Президенты стран</t>
+          <t>Спам</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Country Leaders</t>
+          <t>Spam</t>
         </is>
       </c>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.politics-presidents.name</t>
+          <t>general.settings.automod.spamLike.name</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr"/>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Любые материалы сексуального характера вне других специальных категорий.</t>
+          <t>Избиение, убийство или мучение животных; изображения зоофилии.</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Any materials of a sexual nature outside of other special categories.</t>
+          <t>Beating, killing, or abusing animals; images of zoophilia.</t>
         </is>
       </c>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn.description</t>
+          <t>general.settings.automod.stickers.animal_abuse.description</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr"/>
       <c r="B353" t="inlineStr">
         <is>
-          <t>Порнография</t>
+          <t>Насилие над животными</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Pornography</t>
+          <t>Animal Abuse</t>
         </is>
       </c>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn.name</t>
+          <t>general.settings.automod.stickers.animal_abuse.name</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr"/>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Материалы с изображением полностью или частично обнажённых половых органов (а также женской груди) несовершеннолетнего; несовершеннолетнего совершающего либо имитирующего половой акт или иные действия сексуального характера; полового акта или иных действий сексуального характера в отношении несовершеннолетнего или с его участием; а также совершеннолетних лиц изображающих несовершеннолетних в подобных ситуациях. Соответствует УК РФ 242.1</t>
+          <t>Материалы, содержащие сцены насилия или кровь (например, боевые сцены, травмы).</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Materials depicting fully or partially naked genitals (as well as female breasts) of a minor; a minor performing or imitating sexual intercourse or other acts of a sexual nature; sexual intercourse or other sexual acts involving a minor or with his or her participation; as well as adults depicting minors in similar situations. Complies with Article 242.1 of the Criminal Code of the Russian Federation</t>
+          <t>Materials containing scenes of violence or blood (e.g., battle scenes, injuries).</t>
         </is>
       </c>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn-child.description</t>
+          <t>general.settings.automod.stickers.blood.description</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr"/>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Детская порнография</t>
+          <t>Кровь и насилие (общее)</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Child Abuse</t>
+          <t>Blood and Violence (General)</t>
         </is>
       </c>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn-child.name</t>
+          <t>general.settings.automod.stickers.blood.name</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr"/>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Голые или частично оголённые люди/персонажи с отчётливо видимыми интимными зонами — гениталии, ягодицы, женская грудь/соски. Также явная индикация отсутствия нижнего белья при экспонировании соответствующих участков тела.</t>
+          <t>Изображения с кровью или её визуализацией: персонажи в крови, скопления крови.</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Naked or partially naked people/characters with clearly visible intimate areas—genitals, buttocks, female breasts/nipples. Also, clear indication of the absence of underwear when exposing the relevant parts of the body.</t>
+          <t>Images with blood or its visualization: characters covered in blood, pools of blood.</t>
         </is>
       </c>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn-nudity.description</t>
+          <t>general.settings.automod.stickers.blood-blood.description</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr"/>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Нагота</t>
+          <t>Кровь</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Nudity</t>
+          <t>Blood</t>
         </is>
       </c>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn-nudity.name</t>
+          <t>general.settings.automod.stickers.blood-blood.name</t>
         </is>
       </c>
       <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr"/>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Изображения и видео непосредственно содержащие сцены полового акта.</t>
+          <t>Показаны сцены убийства людей, раны с внутренностями, кадры расчленения (включая самоубийство).</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Images and videos directly containing scenes of sexual intercourse.</t>
+          <t>Scenes of murder, wounds with internal organs exposed, and dismemberment (including suicide) are shown.</t>
         </is>
       </c>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn-sex.description</t>
+          <t>general.settings.automod.stickers.blood-killing.description</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr"/>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Половой акт</t>
+          <t>Сцены убийств и расчленения</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Sexual Acts</t>
+          <t>Scenes of murder and dismemberment</t>
         </is>
       </c>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn-sex.name</t>
+          <t>general.settings.automod.stickers.blood-killing.name</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr"/>
       <c r="B360" t="inlineStr">
         <is>
-          <t>Материалы без прямого обнажения интимных зон, но с выраженной сексуализацией людей или персонажей: откровенные позы, подчёркнутая сексуальная одежда, эротический контекст (например, провокационные позы или демонстративная сексуальная одежда), где акцент делается на сексуальном подтексте без фактической наготы.</t>
+          <t>Материалы без признаков нарушений и неприемлемого контента.</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>Materials that do not directly expose intimate areas, but feature explicit sexualization of people or characters: revealing poses, accentuated sexual clothing, erotic context (e.g., provocative poses or demonstrative sexual clothing), where the emphasis is on sexual subtext without actual nudity.</t>
+          <t>Materials without signs of violations or unacceptable content.</t>
         </is>
       </c>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn-sexualize.description</t>
+          <t>general.settings.automod.stickers.clear.description</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr"/>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Сексуализация</t>
+          <t>Безопасные</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Sexualization</t>
+          <t>Safe</t>
         </is>
       </c>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.porn-sexualize.name</t>
+          <t>general.settings.automod.stickers.clear.name</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr"/>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Материалы, содержащие ненормативную лексику или оскорбительные выражения.</t>
+          <t>Стикеры, вызывающие зависание или сбой работы клиента Telegram.</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Materials containing profanity or offensive language.</t>
+          <t>Stickers that cause Telegram to freeze or crash.</t>
         </is>
       </c>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.swearing.description</t>
+          <t>general.settings.automod.stickers.crash.description</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr"/>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Ненормативная лексика</t>
+          <t>Краш-стикеры</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Profanity</t>
+          <t>Crash Stickers</t>
         </is>
       </c>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.swearing.name</t>
+          <t>general.settings.automod.stickers.crash.name</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr"/>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Материалы, которые не могут быть обработаны на данный момент.</t>
+          <t>Контент потенциально опасный для людей с эпилепсией: мигающие/яркие эффекты.</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>Materials that cannot be processed at this time.</t>
+          <t>Content potentially dangerous for people with epilepsy: flashing/bright effects.</t>
         </is>
       </c>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.unknown.description</t>
+          <t>general.settings.automod.stickers.epileptic.description</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr"/>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Не поддерживаемые</t>
+          <t>Эпилептогенный контент</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>Not supported</t>
+          <t>Epileptogenic content</t>
         </is>
       </c>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>general.settings.automod.stickers.unknown.name</t>
+          <t>general.settings.automod.stickers.epileptic.name</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr"/>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Модерация историй</t>
+          <t>Изображения вызывающие подсознательный страх (например, образы типа 'Момо').</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Moderation of stories</t>
+          <t>Images that evoke subconscious fear (e.g., images such as ‘Momo’).</t>
         </is>
       </c>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>general.settings.automod.stories.name</t>
+          <t>general.settings.automod.stickers.epileptic-scare.description</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr"/>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Максимальное количество одинаковых сообщений в ряд</t>
+          <t>Тревожные изображения</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>Maximum number of same messages in row</t>
+          <t>Disturbing Images</t>
         </is>
       </c>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>general.settings.automod.textSpamCheck.count.name</t>
+          <t>general.settings.automod.stickers.epileptic-scare.name</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr"/>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Длительность наказания за спам одинаковыми сообщений</t>
+          <t>Видео с быстрой сменой цветов или мигающими эффектами; может представлять угрозу для людей с эпилепсией.</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>Duration of punishment for same messages spam</t>
+          <t>Videos with rapid color changes or flashing effects may pose a risk to people with epilepsy.</t>
         </is>
       </c>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>general.settings.automod.textSpamCheck.duration.name</t>
+          <t>general.settings.automod.stickers.epileptic-seizure.description</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr"/>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Интервал проверки текстового спама</t>
+          <t>Фотосенсорно-опасный контент</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>Text spam check interval</t>
+          <t>Photosensitive Content</t>
         </is>
       </c>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>general.settings.automod.textSpamCheck.interval.name</t>
+          <t>general.settings.automod.stickers.epileptic-seizure.name</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr"/>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Наказание за спам одинаковыми сообщений</t>
+          <t>Файл в обработке</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>Punishment for same messages spam</t>
+          <t>File in processing</t>
         </is>
       </c>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>general.settings.automod.textSpamCheck.punishment.name</t>
+          <t>general.settings.automod.stickers.null.description</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr"/>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Триггеры</t>
+          <t>В обработке</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Triggers</t>
+          <t>In processing</t>
         </is>
       </c>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>general.settings.automod.trigger.name</t>
+          <t>general.settings.automod.stickers.null.name</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr"/>
       <c r="B372" t="inlineStr">
         <is>
-          <t>Настройки автомодерации</t>
+          <t>Контент на политические темы/движения/события.</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Automoderation settings</t>
+          <t>Content on political topics/movements/events.</t>
         </is>
       </c>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>general.settings.category.automod</t>
+          <t>general.settings.automod.stickers.politics.description</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr"/>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Настройки кастомизации</t>
+          <t>Политика</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Customization settings</t>
+          <t>Politics</t>
         </is>
       </c>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>general.settings.category.customs</t>
+          <t>general.settings.automod.stickers.politics.name</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr"/>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Язык</t>
+          <t>Флаги и гербы различных стран.</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Language</t>
+          <t>Flags and coats of arms of various countries.</t>
         </is>
       </c>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>general.settings.category.language</t>
+          <t>general.settings.automod.stickers.politics-flags.description</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr"/>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Права</t>
+          <t>Символика стран</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>Permissions</t>
+          <t>Country Symbols</t>
         </is>
       </c>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>general.settings.category.permissions</t>
+          <t>general.settings.automod.stickers.politics-flags.name</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr"/>
       <c r="B376" t="inlineStr">
         <is>
-          <t>Основное</t>
+          <t>Нацистская символика и националистические лозунги (включая ‘1488’).</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>General</t>
+          <t>Nazi symbols and nationalist slogans (including ‘1488’).</t>
         </is>
       </c>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>general.settings.category.privates</t>
+          <t>general.settings.automod.stickers.politics-nazi.description</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr"/>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Настройки репортов</t>
+          <t>Нацистская символика</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Reporting settings</t>
+          <t>Nazi symbols</t>
         </is>
       </c>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>general.settings.category.reports</t>
+          <t>general.settings.automod.stickers.politics-nazi.name</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr"/>
       <c r="B378" t="inlineStr">
         <is>
-          <t>Особое</t>
+          <t>Зеленский, Путин, Трамп, Макрон и другие президенты.</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>Special</t>
+          <t>Zelensky, Putin, Trump, Macron, and other presidents.</t>
         </is>
       </c>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>general.settings.category.special</t>
+          <t>general.settings.automod.stickers.politics-presidents.description</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr"/>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Настройки варнов</t>
+          <t>Президенты стран</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Warns settings</t>
+          <t>Country Leaders</t>
         </is>
       </c>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>general.settings.category.warns</t>
+          <t>general.settings.automod.stickers.politics-presidents.name</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr"/>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Изменение параметра "{{param}}" в чате {{title}}, текущее значение: &lt;code&gt;{{current}}&lt;/code&gt;</t>
+          <t>Любые материалы сексуального характера вне других специальных категорий.</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Changing parameter "{{param}}" in chat {{title}}, current value: &lt;code&gt;{{current}}&lt;/code&gt;</t>
+          <t>Any materials of a sexual nature outside of other special categories.</t>
         </is>
       </c>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>general.settings.changingChat</t>
+          <t>general.settings.automod.stickers.porn.description</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr"/>
       <c r="B381" t="inlineStr">
         <is>
-          <t>Изменение параметра "{{param}}", текущее значение: &lt;code&gt;{{current}}&lt;/code&gt;</t>
+          <t>Порнография</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Changing the parameter “{{param}}”, current value: &lt;code&gt;{{current}}&lt;/code&gt;</t>
+          <t>Pornography</t>
         </is>
       </c>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>general.settings.changingPM</t>
+          <t>general.settings.automod.stickers.porn.name</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr"/>
       <c r="B382" t="inlineStr">
         <is>
-          <t>Админский чат</t>
+          <t>Материалы с изображением полностью или частично обнажённых половых органов (а также женской груди) несовершеннолетнего; несовершеннолетнего совершающего либо имитирующего половой акт или иные действия сексуального характера; полового акта или иных действий сексуального характера в отношении несовершеннолетнего или с его участием; а также совершеннолетних лиц изображающих несовершеннолетних в подобных ситуациях. Соответствует УК РФ 242.1</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Admins chat</t>
+          <t>Materials depicting fully or partially naked genitals (as well as female breasts) of a minor; a minor performing or imitating sexual intercourse or other acts of a sexual nature; sexual intercourse or other sexual acts involving a minor or with his or her participation; as well as adults depicting minors in similar situations. Complies with Article 242.1 of the Criminal Code of the Russian Federation</t>
         </is>
       </c>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>general.settings.channels.admins</t>
+          <t>general.settings.automod.stickers.porn-child.description</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr"/>
       <c r="B383" t="inlineStr">
         <is>
-          <t>Привязка админского чата в чате {{title}}</t>
+          <t>Детская порнография</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Linking admins chat in chat {{title}}</t>
+          <t>Child Abuse</t>
         </is>
       </c>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>general.settings.channels.admins_selected</t>
+          <t>general.settings.automod.stickers.porn-child.name</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr"/>
       <c r="B384" t="inlineStr">
         <is>
-          <t>Канал логов</t>
+          <t>Голые или частично оголённые люди/персонажи с отчётливо видимыми интимными зонами — гениталии, ягодицы, женская грудь/соски. Также явная индикация отсутствия нижнего белья при экспонировании соответствующих участков тела.</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>Logs channel</t>
+          <t>Naked or partially naked people/characters with clearly visible intimate areas—genitals, buttocks, female breasts/nipples. Also, clear indication of the absence of underwear when exposing the relevant parts of the body.</t>
         </is>
       </c>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>general.settings.channels.logs</t>
+          <t>general.settings.automod.stickers.porn-nudity.description</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr"/>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Привязка канала логов в чате {{title}}</t>
+          <t>Нагота</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>Linking logs channel in chat {{title}}</t>
+          <t>Nudity</t>
         </is>
       </c>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>general.settings.channels.logs_selected</t>
+          <t>general.settings.automod.stickers.porn-nudity.name</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr"/>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Канал триггеров</t>
+          <t>Изображения и видео непосредственно содержащие сцены полового акта.</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Triggers channel</t>
+          <t>Images and videos directly containing scenes of sexual intercourse.</t>
         </is>
       </c>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>general.settings.channels.triggers</t>
+          <t>general.settings.automod.stickers.porn-sex.description</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr"/>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Привязка канала триггеров в чате {{title}}</t>
+          <t>Половой акт</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Linking triggers channel in chat {{title}}</t>
+          <t>Sexual Acts</t>
         </is>
       </c>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>general.settings.channels.triggers_selected</t>
+          <t>general.settings.automod.stickers.porn-sex.name</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr"/>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Приём заявок</t>
+          <t>Материалы без прямого обнажения интимных зон, но с выраженной сексуализацией людей или персонажей: откровенные позы, подчёркнутая сексуальная одежда, эротический контекст (например, провокационные позы или демонстративная сексуальная одежда), где акцент делается на сексуальном подтексте без фактической наготы.</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Chat join accepting</t>
+          <t>Materials that do not directly expose intimate areas, but feature explicit sexualization of people or characters: revealing poses, accentuated sexual clothing, erotic context (e.g., provocative poses or demonstrative sexual clothing), where the emphasis is on sexual subtext without actual nudity.</t>
         </is>
       </c>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>general.settings.customs.acceptJoins.name</t>
+          <t>general.settings.automod.stickers.porn-sexualize.description</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr"/>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Команда !admins</t>
+          <t>Сексуализация</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>/admins commands</t>
+          <t>Sexualization</t>
         </is>
       </c>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>general.settings.customs.admins.name</t>
+          <t>general.settings.automod.stickers.porn-sexualize.name</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr"/>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Редактирование прав анонимных администраторов!</t>
+          <t>Материалы, содержащие ненормативную лексику или оскорбительные выражения.</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Editing rights of anonymous admins!</t>
+          <t>Materials containing profanity or offensive language.</t>
         </is>
       </c>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>general.settings.customs.anonPerm.menu</t>
+          <t>general.settings.automod.stickers.swearing.description</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr"/>
       <c r="B391" t="inlineStr">
         <is>
-          <t>Права анонимных администраторов</t>
+          <t>Ненормативная лексика</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>Anonymous admins rights</t>
+          <t>Profanity</t>
         </is>
       </c>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>general.settings.customs.anonPerm.name</t>
+          <t>general.settings.automod.stickers.swearing.name</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr"/>
       <c r="B392" t="inlineStr">
         <is>
-          <t>Выдача ограничений</t>
+          <t>Материалы, которые не могут быть обработаны на данный момент.</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>Users restriction</t>
+          <t>Materials that cannot be processed at this time.</t>
         </is>
       </c>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>general.settings.customs.anon_perms.restrict</t>
+          <t>general.settings.automod.stickers.unknown.description</t>
         </is>
       </c>
       <c r="G392" t="inlineStr"/>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr"/>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Согласие</t>
+          <t>Не поддерживаемые</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
-          <t>Agree</t>
+          <t>Not supported</t>
         </is>
       </c>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>general.settings.customs.captcha.agree</t>
+          <t>general.settings.automod.stickers.unknown.name</t>
         </is>
       </c>
       <c r="G393" t="inlineStr"/>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr"/>
       <c r="B394" t="inlineStr">
         <is>
-          <t>Капча</t>
+          <t>Истории</t>
         </is>
       </c>
       <c r="C394" t="inlineStr">
         <is>
-          <t>Captcha</t>
+          <t>Stories</t>
         </is>
       </c>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>general.settings.customs.captcha.name</t>
+          <t>general.settings.automod.stories.name</t>
         </is>
       </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr"/>
       <c r="B395" t="inlineStr">
         <is>
-          <t>Текст под постом</t>
+          <t>Реагирует на пользователей правительственного spyware форка Telega, подробнее: https://dontusetelega.lol/analysis</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>First comment text</t>
+          <t>Triggers on users, who use governmental spyware fork Telega, more: https://dontusetelega.lol/analysis</t>
         </is>
       </c>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>general.settings.customs.channelPost.name</t>
+          <t>general.settings.automod.telega.description</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr"/>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Привязка каналов в чате {{title}}.</t>
+          <t>Пользователи Telega</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>Channels linking in chat {{title}}.</t>
+          <t>Telega users</t>
         </is>
       </c>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>general.settings.customs.channels.menu</t>
+          <t>general.settings.automod.telega.name</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr"/>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Привязка каналов</t>
+          <t>Максимальное количество одинаковых сообщений в ряд</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Channel linking</t>
+          <t>Maximum number of same messages in row</t>
         </is>
       </c>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>general.settings.customs.channels.name</t>
+          <t>general.settings.automod.textSpamCheck.count.name</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr"/>
       <c r="B398" t="inlineStr">
         <is>
-          <t>Ограничения команд</t>
+          <t>Длительность наказания</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Command restrictions</t>
+          <t>Duration of punishment</t>
         </is>
       </c>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>general.settings.customs.command_restrictions.name</t>
+          <t>general.settings.automod.textSpamCheck.duration.name</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr"/>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Кастомные команды</t>
+          <t>Настройки модерации спама одинаковыми сообщениями в чате {{title}}</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Custom commands</t>
+          <t>Settings of same messages moderation in chat {{title}}</t>
         </is>
       </c>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>general.settings.customs.commands.name</t>
+          <t>general.settings.automod.textSpamCheck.header</t>
         </is>
       </c>
       <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr"/>
       <c r="B400" t="inlineStr">
         <is>
-          <t>Реакция команд модерации</t>
+          <t>Интервал проверки</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>Moderation commands reaction</t>
+          <t>Check interval</t>
         </is>
       </c>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>general.settings.customs.commands_mode.moderation.name</t>
+          <t>general.settings.automod.textSpamCheck.interval.name</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr"/>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Реакция прочих команд</t>
+          <t>Модерация спама одинаковыми сообщениями</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>Other commands reaction</t>
+          <t>Moderation of same message spam</t>
         </is>
       </c>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>general.settings.customs.commands_mode.others.name</t>
+          <t>general.settings.automod.textSpamCheck.name</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr"/>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Реакция команд пользователей</t>
+          <t>Наказание</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>Users command reaction</t>
+          <t>Punishment</t>
         </is>
       </c>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>general.settings.customs.commands_mode.user.name</t>
+          <t>general.settings.automod.textSpamCheck.punishment.name</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr"/>
       <c r="B403" t="inlineStr">
         <is>
-          <t>Системные уведомления</t>
+          <t>Триггеры</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t>System messages</t>
+          <t>Triggers</t>
         </is>
       </c>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t>general.settings.customs.disableNotifications.name</t>
+          <t>general.settings.automod.trigger.name</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr"/>
       <c r="B404" t="inlineStr">
         <is>
-          <t>Расширенный модтоп</t>
+          <t>Настройка триггеров и команд в чате {{title}}</t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>Extended modtop</t>
+          <t>Settings of triggers and commands in chat {{title}}</t>
         </is>
       </c>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>general.settings.customs.extendedModtop.name</t>
+          <t>general.settings.automod.triggers.header</t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr"/>
       <c r="B405" t="inlineStr">
         <is>
-          <t>Приветствие</t>
+          <t>Триггеры</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>Greeting</t>
+          <t>Triggers</t>
         </is>
       </c>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>general.settings.customs.greeting.name</t>
+          <t>general.settings.automod.triggers.name</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr"/>
       <c r="B406" t="inlineStr">
         <is>
-          <t>Настройки кастомизации в чате {{title}}</t>
+          <t>Автомодерация</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Customization settings in chat {{title}}}</t>
+          <t>Automoderation</t>
         </is>
       </c>
       <c r="D406" t="inlineStr"/>
       <c r="E406" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F406" t="inlineStr">
         <is>
-          <t>general.settings.customs.header</t>
+          <t>general.settings.category.automod</t>
         </is>
       </c>
       <c r="G406" t="inlineStr"/>
       <c r="H406" t="inlineStr"/>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr"/>
       <c r="B407" t="inlineStr">
         <is>
-          <t>Интервал удаления сообщений триггеров</t>
+          <t>Кастомизация</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Interval for deleting trigger messages</t>
+          <t>Customization</t>
         </is>
       </c>
       <c r="D407" t="inlineStr"/>
       <c r="E407" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F407" t="inlineStr">
         <is>
-          <t>general.settings.customs.messagesAutoRemove.name</t>
+          <t>general.settings.category.customs</t>
         </is>
       </c>
       <c r="G407" t="inlineStr"/>
       <c r="H407" t="inlineStr"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr"/>
       <c r="B408" t="inlineStr">
         <is>
-          <t>Доступ к модтопу</t>
+          <t>Язык</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Modtop access</t>
+          <t>Language</t>
         </is>
       </c>
       <c r="D408" t="inlineStr"/>
       <c r="E408" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F408" t="inlineStr">
         <is>
-          <t>general.settings.customs.modtop.name</t>
+          <t>general.settings.category.language</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr"/>
       <c r="B409" t="inlineStr">
         <is>
-          <t>Топик для уведомлений</t>
+          <t>Права</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Topic for notifications</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
-          <t>general.settings.customs.notificationsTopic.name</t>
+          <t>general.settings.category.permissions</t>
         </is>
       </c>
       <c r="G409" t="inlineStr"/>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr"/>
       <c r="B410" t="inlineStr">
         <is>
-          <t>Реакции в ответ</t>
+          <t>Основное</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
-          <t>Reactions callback</t>
+          <t>General</t>
         </is>
       </c>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
-          <t>general.settings.customs.reactions.name</t>
+          <t>general.settings.category.privates</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr"/>
       <c r="B411" t="inlineStr">
         <is>
-          <t>Система репутации</t>
+          <t>Репорты</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Reputation system</t>
+          <t>Reporting</t>
         </is>
       </c>
       <c r="D411" t="inlineStr"/>
       <c r="E411" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F411" t="inlineStr">
         <is>
-          <t>general.settings.customs.reputation.name</t>
+          <t>general.settings.category.reports</t>
         </is>
       </c>
       <c r="G411" t="inlineStr"/>
       <c r="H411" t="inlineStr"/>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr"/>
       <c r="B412" t="inlineStr">
         <is>
-          <t>Период статистики</t>
+          <t>Особое</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
-          <t>Statistics range</t>
+          <t>Special</t>
         </is>
       </c>
       <c r="D412" t="inlineStr"/>
       <c r="E412" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F412" t="inlineStr">
         <is>
-          <t>general.settings.customs.statisticsRange.name</t>
+          <t>general.settings.category.special</t>
         </is>
       </c>
       <c r="G412" t="inlineStr"/>
       <c r="H412" t="inlineStr"/>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr"/>
       <c r="B413" t="inlineStr">
         <is>
-          <t>Введите насколько давняя статистика должна учитываться в командах top, текущее значение:</t>
+          <t>Предупреждения</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
-          <t>Enter interval for statistics showing in top commands, current value:</t>
+          <t>Warnings</t>
         </is>
       </c>
       <c r="D413" t="inlineStr"/>
       <c r="E413" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F413" t="inlineStr">
         <is>
-          <t>general.settings.customs.statisticsRange.selected</t>
+          <t>general.settings.category.warns</t>
         </is>
       </c>
       <c r="G413" t="inlineStr"/>
       <c r="H413" t="inlineStr"/>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr"/>
       <c r="B414" t="inlineStr">
         <is>
-          <t>Токены</t>
+          <t>Изменение параметра "{{param}}" в чате {{title}}, текущее значение: &lt;code&gt;{{current}}&lt;/code&gt;</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
-          <t>Tokens</t>
+          <t>Changing parameter "{{param}}" in chat {{title}}, current value: &lt;code&gt;{{current}}&lt;/code&gt;</t>
         </is>
       </c>
       <c r="D414" t="inlineStr"/>
       <c r="E414" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F414" t="inlineStr">
         <is>
-          <t>general.settings.customs.tokens.name</t>
+          <t>general.settings.changingChat</t>
         </is>
       </c>
       <c r="G414" t="inlineStr"/>
       <c r="H414" t="inlineStr"/>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr"/>
       <c r="B415" t="inlineStr">
         <is>
-          <t>Настройки чата {{title}}</t>
+          <t>Изменение параметра "{{param}}", текущее значение: &lt;code&gt;{{current}}&lt;/code&gt;</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
-          <t>Settings of {{title}} chat</t>
+          <t>Changing the parameter “{{param}}”, current value: &lt;code&gt;{{current}}&lt;/code&gt;</t>
         </is>
       </c>
       <c r="D415" t="inlineStr"/>
       <c r="E415" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F415" t="inlineStr">
         <is>
-          <t>general.settings.headerChat</t>
+          <t>general.settings.changingPM</t>
         </is>
       </c>
       <c r="G415" t="inlineStr"/>
       <c r="H415" t="inlineStr"/>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr"/>
       <c r="B416" t="inlineStr">
         <is>
-          <t>Настройки пользователя</t>
+          <t>Админский чат</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
-          <t>User settings</t>
+          <t>Admins chat</t>
         </is>
       </c>
       <c r="D416" t="inlineStr"/>
       <c r="E416" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F416" t="inlineStr">
         <is>
-          <t>general.settings.headerPM</t>
+          <t>general.settings.channels.admins</t>
         </is>
       </c>
       <c r="G416" t="inlineStr"/>
       <c r="H416" t="inlineStr"/>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr"/>
       <c r="B417" t="inlineStr">
         <is>
-          <t>Неверное значение {{value}}, введите интервал</t>
+          <t>Привязка админского чата в чате {{title}}</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
-          <t>Incorrect value {{value}}, send interval</t>
+          <t>Linking admins chat in chat {{title}}</t>
         </is>
       </c>
       <c r="D417" t="inlineStr"/>
       <c r="E417" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F417" t="inlineStr">
         <is>
-          <t>general.settings.incorrect_interval</t>
+          <t>general.settings.channels.admins_selected</t>
         </is>
       </c>
       <c r="G417" t="inlineStr"/>
       <c r="H417" t="inlineStr"/>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr"/>
       <c r="B418" t="inlineStr">
         <is>
-          <t>Неверное значение, введите число</t>
+          <t>Канал логов</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
-          <t>Incorrect value, send a number</t>
+          <t>Logs channel</t>
         </is>
       </c>
       <c r="D418" t="inlineStr"/>
       <c r="E418" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F418" t="inlineStr">
         <is>
-          <t>general.settings.incorrect_number</t>
+          <t>general.settings.channels.logs</t>
         </is>
       </c>
       <c r="G418" t="inlineStr"/>
       <c r="H418" t="inlineStr"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr"/>
       <c r="B419" t="inlineStr">
         <is>
-          <t>Изменение параметра "{{param}}" в чате {{title}}, отправьте новое значение в чат. Текущее значение: &lt;code&gt;{{current}}&lt;/code&gt;</t>
+          <t>Привязка канала логов в чате {{title}}</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
-          <t>Changing setting "{{param}}" in chat {{title}}, sent new value in chat. Current value: &lt;code&gt;{{current}}&lt;/code&gt;</t>
+          <t>Linking logs channel in chat {{title}}</t>
         </is>
       </c>
       <c r="D419" t="inlineStr"/>
       <c r="E419" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F419" t="inlineStr">
         <is>
-          <t>general.settings.inputChangingChat</t>
+          <t>general.settings.channels.logs_selected</t>
         </is>
       </c>
       <c r="G419" t="inlineStr"/>
       <c r="H419" t="inlineStr"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr"/>
       <c r="B420" t="inlineStr">
         <is>
-          <t>Изменение параметра "{{param}}", отправьте новое значение в чат. Текущее значение: &lt;code&gt;{{current}}&lt;/code&gt;</t>
+          <t>Канал триггеров</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
-          <t>Changing the “{{param}}” parameter, send the new value to the chat. Current value: &lt;code&gt;{{current}}&lt;/code&gt;</t>
+          <t>Triggers channel</t>
         </is>
       </c>
       <c r="D420" t="inlineStr"/>
       <c r="E420" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F420" t="inlineStr">
         <is>
-          <t>general.settings.inputChangingPM</t>
+          <t>general.settings.channels.triggers</t>
         </is>
       </c>
       <c r="G420" t="inlineStr"/>
       <c r="H420" t="inlineStr"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr"/>
       <c r="B421" t="inlineStr">
         <is>
-          <t>Выберите язык который будет использоваться в чате</t>
+          <t>Привязка канала триггеров в чате {{title}}</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
-          <t>Select language for the chat</t>
+          <t>Linking triggers channel in chat {{title}}</t>
         </is>
       </c>
       <c r="D421" t="inlineStr"/>
       <c r="E421" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F421" t="inlineStr">
         <is>
-          <t>general.settings.language.header</t>
+          <t>general.settings.channels.triggers_selected</t>
         </is>
       </c>
       <c r="G421" t="inlineStr"/>
       <c r="H421" t="inlineStr"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr"/>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Добавить администратора</t>
+          <t>Приём заявок</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
-          <t>Add admin</t>
+          <t>Chat join accepting</t>
         </is>
       </c>
       <c r="D422" t="inlineStr"/>
       <c r="E422" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F422" t="inlineStr">
         <is>
-          <t>general.settings.permissions.admins.add</t>
+          <t>general.settings.customs.acceptJoins.name</t>
         </is>
       </c>
       <c r="G422" t="inlineStr"/>
       <c r="H422" t="inlineStr"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr"/>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Выберите пользователя(-ей) для назначения</t>
+          <t>Команда !admins</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
-          <t>Select user(s)</t>
+          <t>/admins commands</t>
         </is>
       </c>
       <c r="D423" t="inlineStr"/>
       <c r="E423" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F423" t="inlineStr">
         <is>
-          <t>general.settings.permissions.admins.adding</t>
+          <t>general.settings.customs.admins.name</t>
         </is>
       </c>
       <c r="G423" t="inlineStr"/>
       <c r="H423" t="inlineStr"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr"/>
       <c r="B424" t="inlineStr">
         <is>
-          <t>Сменить группу</t>
+          <t>Редактирование прав анонимных администраторов!</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>Chage group</t>
+          <t>Editing rights of anonymous admins!</t>
         </is>
       </c>
       <c r="D424" t="inlineStr"/>
       <c r="E424" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F424" t="inlineStr">
         <is>
-          <t>general.settings.permissions.admins.edit.change_group</t>
+          <t>general.settings.customs.anonPerm.menu</t>
         </is>
       </c>
       <c r="G424" t="inlineStr"/>
       <c r="H424" t="inlineStr"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr"/>
       <c r="B425" t="inlineStr">
         <is>
-          <t>Выберите группу, которая будет назначена администратору</t>
+          <t>Права анонимных администраторов</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
-          <t>Select group for this admin</t>
+          <t>Anonymous admins rights</t>
         </is>
       </c>
       <c r="D425" t="inlineStr"/>
       <c r="E425" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F425" t="inlineStr">
         <is>
-          <t>general.settings.permissions.admins.edit.changing_group</t>
+          <t>general.settings.customs.anonPerm.name</t>
         </is>
       </c>
       <c r="G425" t="inlineStr"/>
       <c r="H425" t="inlineStr"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr"/>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Редактирование администратора {{name}}</t>
+          <t>Выдача ограничений</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
-          <t>Editing admin {{name}}</t>
+          <t>Users restriction</t>
         </is>
       </c>
       <c r="D426" t="inlineStr"/>
       <c r="E426" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F426" t="inlineStr">
         <is>
-          <t>general.settings.permissions.admins.edit.header</t>
+          <t>general.settings.customs.anon_perms.restrict</t>
         </is>
       </c>
       <c r="G426" t="inlineStr"/>
       <c r="H426" t="inlineStr"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr"/>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Выберите группу, которая будет назначена новым администраторам</t>
+          <t>Согласие</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
-          <t>Select group for new admins</t>
+          <t>Agree</t>
         </is>
       </c>
       <c r="D427" t="inlineStr"/>
       <c r="E427" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F427" t="inlineStr">
         <is>
-          <t>general.settings.permissions.admins.group</t>
+          <t>general.settings.customs.captcha.agree</t>
         </is>
       </c>
       <c r="G427" t="inlineStr"/>
       <c r="H427" t="inlineStr"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr"/>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Настройки прав администраторов в чате {{title}}</t>
+          <t>Капча</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
-          <t>Admins permissions settings in chat {{title}}</t>
+          <t>Captcha</t>
         </is>
       </c>
       <c r="D428" t="inlineStr"/>
       <c r="E428" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F428" t="inlineStr">
         <is>
-          <t>general.settings.permissions.admins.header</t>
+          <t>general.settings.customs.captcha.name</t>
         </is>
       </c>
       <c r="G428" t="inlineStr"/>
       <c r="H428" t="inlineStr"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr"/>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Модераторы чата</t>
+          <t>Текст под постом</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
-          <t>Chat moders</t>
+          <t>First comment text</t>
         </is>
       </c>
       <c r="D429" t="inlineStr"/>
       <c r="E429" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F429" t="inlineStr">
         <is>
-          <t>general.settings.permissions.admins.name</t>
+          <t>general.settings.customs.channelPost.name</t>
         </is>
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr"/>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Продвинутая система администраторов</t>
+          <t>Привязка каналов в чате {{title}}.</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
-          <t>Advanced admins system</t>
+          <t>Channels linking in chat {{title}}.</t>
         </is>
       </c>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
-          <t>general.settings.permissions.advancedModers.name</t>
+          <t>general.settings.customs.channels.menu</t>
         </is>
       </c>
       <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr"/>
       <c r="B431" t="inlineStr">
         <is>
-          <t>ВНИМАНИЕ, изменение настроек в этом разделе может лишить вас прав, рекомендуем производить изменения с аккаунта владельца чата.</t>
+          <t>Привязка каналов</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
-          <t>WARNING, changing settings in this section may suspend your privileges, it is recommended to make changes from the account of the chat owner.</t>
+          <t>Channel linking</t>
         </is>
       </c>
       <c r="D431" t="inlineStr"/>
       <c r="E431" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F431" t="inlineStr">
         <is>
-          <t>general.settings.permissions.description</t>
+          <t>general.settings.customs.channels.name</t>
         </is>
       </c>
       <c r="G431" t="inlineStr"/>
       <c r="H431" t="inlineStr"/>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr"/>
       <c r="B432" t="inlineStr">
         <is>
-          <t>Нет группы</t>
+          <t>Ограничения команд</t>
         </is>
       </c>
       <c r="C432" t="inlineStr">
         <is>
-          <t>No group</t>
+          <t>Command restrictions</t>
         </is>
       </c>
       <c r="D432" t="inlineStr"/>
       <c r="E432" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F432" t="inlineStr">
         <is>
-          <t>general.settings.permissions.fake_group</t>
+          <t>general.settings.customs.command_restrictions.name</t>
         </is>
       </c>
       <c r="G432" t="inlineStr"/>
       <c r="H432" t="inlineStr"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr"/>
       <c r="B433" t="inlineStr">
         <is>
-          <t>Создать группу</t>
+          <t>Кастомные команды</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Create group</t>
+          <t>Custom commands</t>
         </is>
       </c>
       <c r="D433" t="inlineStr"/>
       <c r="E433" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F433" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.create.button</t>
+          <t>general.settings.customs.commands.name</t>
         </is>
       </c>
       <c r="G433" t="inlineStr"/>
       <c r="H433" t="inlineStr"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr"/>
       <c r="B434" t="inlineStr">
         <is>
-          <t>Отправьте название группы:</t>
+          <t>Доступы к командам в чате {{title}}</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Send group name:</t>
+          <t>Access to commands in chat {{title}}</t>
         </is>
       </c>
       <c r="D434" t="inlineStr"/>
       <c r="E434" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F434" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.create.header</t>
+          <t>general.settings.customs.commands_mode.header</t>
         </is>
       </c>
       <c r="G434" t="inlineStr"/>
       <c r="H434" t="inlineStr"/>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr"/>
       <c r="B435" t="inlineStr">
         <is>
-          <t>Укажите приоритет группы, 0 - самый высокий</t>
+          <t>Команды модерации</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Specify the priority of the group, 0 - the highest one</t>
+          <t>Moderation commands</t>
         </is>
       </c>
       <c r="D435" t="inlineStr"/>
       <c r="E435" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F435" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.create.priority</t>
+          <t>general.settings.customs.commands_mode.moderation.name</t>
         </is>
       </c>
       <c r="G435" t="inlineStr"/>
       <c r="H435" t="inlineStr"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr"/>
       <c r="B436" t="inlineStr">
         <is>
-          <t>Редактирование группы {{name}}</t>
+          <t>Доступ к командам</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>Editing group {{name}}</t>
+          <t>Commands access</t>
         </is>
       </c>
       <c r="D436" t="inlineStr"/>
       <c r="E436" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F436" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.edit.header</t>
+          <t>general.settings.customs.commands_mode.name</t>
         </is>
       </c>
       <c r="G436" t="inlineStr"/>
       <c r="H436" t="inlineStr"/>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr"/>
       <c r="B437" t="inlineStr">
         <is>
-          <t>Изменить название</t>
+          <t>Прочие команды</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>Change name</t>
+          <t>Other commands</t>
         </is>
       </c>
       <c r="D437" t="inlineStr"/>
       <c r="E437" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F437" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.edit.name.button</t>
+          <t>general.settings.customs.commands_mode.others.name</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr"/>
       <c r="B438" t="inlineStr">
         <is>
-          <t>Введите новое название группы:</t>
+          <t>Пользовательские команды</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Send new group name:</t>
+          <t>Users commands</t>
         </is>
       </c>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.edit.name.header</t>
+          <t>general.settings.customs.commands_mode.user.name</t>
         </is>
       </c>
       <c r="G438" t="inlineStr"/>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr"/>
       <c r="B439" t="inlineStr">
         <is>
-          <t>Изменить права</t>
+          <t>Системные уведомления</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Change permissions</t>
+          <t>System messages</t>
         </is>
       </c>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.edit.permissions.button</t>
+          <t>general.settings.customs.disableNotifications.name</t>
         </is>
       </c>
       <c r="G439" t="inlineStr"/>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr"/>
       <c r="B440" t="inlineStr">
         <is>
-          <t>Изменить приоритет</t>
+          <t>Расширенный модтоп</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Change priority</t>
+          <t>Extended modtop</t>
         </is>
       </c>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.edit.priority.button</t>
+          <t>general.settings.customs.extendedModtop.name</t>
         </is>
       </c>
       <c r="G440" t="inlineStr"/>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr"/>
       <c r="B441" t="inlineStr">
         <is>
-          <t>Введите новый приоритет группы:</t>
+          <t>Приветствие</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Send new group priority:</t>
+          <t>Greeting</t>
         </is>
       </c>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.edit.priority.header</t>
+          <t>general.settings.customs.greeting.name</t>
         </is>
       </c>
       <c r="G441" t="inlineStr"/>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr"/>
       <c r="B442" t="inlineStr">
         <is>
-          <t>Настройки прав групп в чате {{title}}</t>
+          <t>Настройки кастомизации в чате {{title}}</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Group permissions settings in chat {{title}}</t>
+          <t>Customization settings in chat {{title}}}</t>
         </is>
       </c>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.header</t>
+          <t>general.settings.customs.header</t>
         </is>
       </c>
       <c r="G442" t="inlineStr"/>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr"/>
       <c r="B443" t="inlineStr">
         <is>
-          <t>Группы прав</t>
+          <t>Интервал удаления сообщений триггеров</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Permission groups</t>
+          <t>Interval for deleting trigger messages</t>
         </is>
       </c>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.name</t>
+          <t>general.settings.customs.messagesAutoRemove.name</t>
         </is>
       </c>
       <c r="G443" t="inlineStr"/>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr"/>
       <c r="B444" t="inlineStr">
         <is>
-          <t>Права группы {{name}}:</t>
+          <t>Доступ к модтопу</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Permissions of group {{name}}:</t>
+          <t>Modtop access</t>
         </is>
       </c>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
-          <t>general.settings.permissions.groups.permissions</t>
+          <t>general.settings.customs.modtop.name</t>
         </is>
       </c>
       <c r="G444" t="inlineStr"/>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr"/>
       <c r="B445" t="inlineStr">
         <is>
-          <t>Настройки прав в чате {{title}}</t>
+          <t>Настройки ночного режима в чате {{title}}</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Permissions settings in chat {{title}}</t>
+          <t>Night mode settings in chat {{title}}</t>
         </is>
       </c>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
-          <t>general.settings.permissions.header</t>
+          <t>general.settings.customs.nightMode.header</t>
         </is>
       </c>
       <c r="G445" t="inlineStr"/>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr"/>
       <c r="B446" t="inlineStr">
         <is>
-          <t>Основные настройки пользователя</t>
+          <t>Ночной режим</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>General user settings</t>
+          <t>Night mode</t>
         </is>
       </c>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
-          <t>general.settings.privates.header</t>
+          <t>general.settings.customs.nightMode.name</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr"/>
       <c r="B447" t="inlineStr">
         <is>
-          <t>Часовой пояс</t>
+          <t>Время выключения ночного режима</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Time zone</t>
+          <t>Night mode disabling time</t>
         </is>
       </c>
       <c r="D447" t="inlineStr"/>
       <c r="E447" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F447" t="inlineStr">
         <is>
-          <t>general.settings.privates.timezone.name</t>
+          <t>general.settings.customs.nightModeDisableTime.name</t>
         </is>
       </c>
       <c r="G447" t="inlineStr"/>
       <c r="H447" t="inlineStr"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr"/>
       <c r="B448" t="inlineStr">
         <is>
-          <t>Минимальное количество репортов от пользователей удаляющих сообщения</t>
+          <t>Время включения ночного режима</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Minimum number of reports from users deleting messages</t>
+          <t>Night mode enabling time</t>
         </is>
       </c>
       <c r="D448" t="inlineStr"/>
       <c r="E448" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F448" t="inlineStr">
         <is>
-          <t>general.settings.reports.deleteReports.name</t>
+          <t>general.settings.customs.nightModeEnableTime.name</t>
         </is>
       </c>
       <c r="G448" t="inlineStr"/>
       <c r="H448" t="inlineStr"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr"/>
       <c r="B449" t="inlineStr">
         <is>
-          <t>Минимальное количество репортов у пользователя для удаления сообщения</t>
+          <t>Настройки уведомлений в чате {{title}}</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Minimum number of reports for a user to delete a message</t>
+          <t>Notification settings in chat {{title}}</t>
         </is>
       </c>
       <c r="D449" t="inlineStr"/>
       <c r="E449" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F449" t="inlineStr">
         <is>
-          <t>general.settings.reports.deleteReportsCount.name</t>
+          <t>general.settings.customs.notifications.header</t>
         </is>
       </c>
       <c r="G449" t="inlineStr"/>
       <c r="H449" t="inlineStr"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr"/>
       <c r="B450" t="inlineStr">
         <is>
-          <t>Минимальный рейтинг человека для удаления сообщения</t>
+          <t>Уведомления</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>Minimum rating of a person to delete a message</t>
+          <t>Notifications</t>
         </is>
       </c>
       <c r="D450" t="inlineStr"/>
       <c r="E450" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F450" t="inlineStr">
         <is>
-          <t>general.settings.reports.deleteReportsRate.name</t>
+          <t>general.settings.customs.notifications.name</t>
         </is>
       </c>
       <c r="G450" t="inlineStr"/>
       <c r="H450" t="inlineStr"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr"/>
       <c r="B451" t="inlineStr">
         <is>
-          <t>Настройки репортов в чате {{title}}</t>
+          <t>Топик для уведомлений</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Reposts settings in chat {{title}}</t>
+          <t>Topic for notifications</t>
         </is>
       </c>
       <c r="D451" t="inlineStr"/>
       <c r="E451" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F451" t="inlineStr">
         <is>
-          <t>general.settings.reports.header</t>
+          <t>general.settings.customs.notificationsTopic.name</t>
         </is>
       </c>
       <c r="G451" t="inlineStr"/>
       <c r="H451" t="inlineStr"/>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr"/>
       <c r="B452" t="inlineStr">
         <is>
-          <t>Система репортов</t>
+          <t>Реакции в ответ</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>Reports system</t>
+          <t>Reactions callback</t>
         </is>
       </c>
       <c r="D452" t="inlineStr"/>
       <c r="E452" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F452" t="inlineStr">
         <is>
-          <t>general.settings.reports.reportsSystem.name</t>
+          <t>general.settings.customs.reactions.name</t>
         </is>
       </c>
       <c r="G452" t="inlineStr"/>
       <c r="H452" t="inlineStr"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr"/>
       <c r="B453" t="inlineStr">
         <is>
-          <t>Очистить удалённые аккаунты</t>
+          <t>Система репутации</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>Remove deleted accounts</t>
+          <t>Reputation system</t>
         </is>
       </c>
       <c r="D453" t="inlineStr"/>
       <c r="E453" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F453" t="inlineStr">
         <is>
-          <t>general.settings.special.clear_deleted.button</t>
+          <t>general.settings.customs.reputation.name</t>
         </is>
       </c>
       <c r="G453" t="inlineStr"/>
       <c r="H453" t="inlineStr"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr"/>
       <c r="B454" t="inlineStr">
         <is>
-          <t>Позволяет удалить удалённые аккаунты из списка участников и заблокированных пользователей.</t>
+          <t>Настройки статистики в чате {{title}}</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Allows you to remove deleted accounts from the list of participants and removed users.</t>
+          <t>Statistics settings in chat {{title}}</t>
         </is>
       </c>
       <c r="D454" t="inlineStr"/>
       <c r="E454" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F454" t="inlineStr">
         <is>
-          <t>general.settings.special.clear_deleted.description</t>
+          <t>general.settings.customs.statistics.header</t>
         </is>
       </c>
       <c r="G454" t="inlineStr"/>
       <c r="H454" t="inlineStr"/>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr"/>
       <c r="B455" t="inlineStr">
         <is>
-          <t>Дополнительные возможности для чата {{title}}
-Баланс чата: {{balance}}</t>
+          <t>Статистика</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Special actions for chat {{title}}
-Balance: {{balance}}</t>
+          <t>Statistics</t>
         </is>
       </c>
       <c r="D455" t="inlineStr"/>
       <c r="E455" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F455" t="inlineStr">
         <is>
-          <t>general.settings.special.header</t>
+          <t>general.settings.customs.statistics.name</t>
         </is>
       </c>
       <c r="G455" t="inlineStr"/>
       <c r="H455" t="inlineStr"/>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr"/>
       <c r="B456" t="inlineStr">
         <is>
-          <t>Индексировать старые сообщения</t>
+          <t>Период статистики</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Index old messages</t>
+          <t>Statistics range</t>
         </is>
       </c>
       <c r="D456" t="inlineStr"/>
       <c r="E456" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F456" t="inlineStr">
         <is>
-          <t>general.settings.special.index_old.button</t>
+          <t>general.settings.customs.statisticsRange.name</t>
         </is>
       </c>
       <c r="G456" t="inlineStr"/>
       <c r="H456" t="inlineStr"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr"/>
       <c r="B457" t="inlineStr">
         <is>
-          <t>Позволяет стражнику изучить все сообщения до его добавления в чат.</t>
+          <t>Введите насколько давняя статистика должна учитываться в командах top, текущее значение:</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Allows the guard to explore all messages before they are added to the chat.</t>
+          <t>Enter interval for statistics showing in top commands, current value:</t>
         </is>
       </c>
       <c r="D457" t="inlineStr"/>
       <c r="E457" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F457" t="inlineStr">
         <is>
-          <t>general.settings.special.index_old.description</t>
+          <t>general.settings.customs.statisticsRange.selected</t>
         </is>
       </c>
       <c r="G457" t="inlineStr"/>
       <c r="H457" t="inlineStr"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr"/>
       <c r="B458" t="inlineStr">
         <is>
-          <t>Задача на изучение истории чата началась!</t>
+          <t>Токены</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>The task of exploring the history of the chat has begun!</t>
+          <t>Tokens</t>
         </is>
       </c>
       <c r="D458" t="inlineStr"/>
       <c r="E458" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F458" t="inlineStr">
         <is>
-          <t>general.settings.special.index_old.started</t>
+          <t>general.settings.customs.tokens.name</t>
         </is>
       </c>
       <c r="G458" t="inlineStr"/>
       <c r="H458" t="inlineStr"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr"/>
       <c r="B459" t="inlineStr">
         <is>
-          <t>Исключить неактивных пользователей</t>
+          <t>Настройки чата {{title}}</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Remove inactive users</t>
+          <t>Settings of {{title}} chat</t>
         </is>
       </c>
       <c r="D459" t="inlineStr"/>
       <c r="E459" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F459" t="inlineStr">
         <is>
-          <t>general.settings.special.kick_inactive.button</t>
+          <t>general.settings.headerChat</t>
         </is>
       </c>
       <c r="G459" t="inlineStr"/>
       <c r="H459" t="inlineStr"/>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr"/>
       <c r="B460" t="inlineStr">
         <is>
-          <t>Исключает из чата всех неактивных участников за выбранный период</t>
+          <t>Настройки пользователя</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Removes all inactive participants from the chat for the selected period</t>
+          <t>User settings</t>
         </is>
       </c>
       <c r="D460" t="inlineStr"/>
       <c r="E460" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F460" t="inlineStr">
         <is>
-          <t>general.settings.special.kick_inactive.description</t>
+          <t>general.settings.headerPM</t>
         </is>
       </c>
       <c r="G460" t="inlineStr"/>
       <c r="H460" t="inlineStr"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr"/>
       <c r="B461" t="inlineStr">
         <is>
-          <t>Удалено {{progress}} из {{users}}!</t>
+          <t>Неверное значение {{value}}, введите интервал</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Removed {{progress}} from {{users}}!</t>
+          <t>Incorrect value {{value}}, send interval</t>
         </is>
       </c>
       <c r="D461" t="inlineStr"/>
       <c r="E461" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F461" t="inlineStr">
         <is>
-          <t>general.settings.special.kick_inactive.progress</t>
+          <t>general.settings.incorrect_interval</t>
         </is>
       </c>
       <c r="G461" t="inlineStr"/>
       <c r="H461" t="inlineStr"/>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr"/>
       <c r="B462" t="inlineStr">
         <is>
-          <t>Укажите минимальный интервал активности, все пользователи с большим - будут исключены.</t>
+          <t>Неверное значение, введите число</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Specify a minimum activity interval, all users with a larger one will be removed.</t>
+          <t>Incorrect value, send a number</t>
         </is>
       </c>
       <c r="D462" t="inlineStr"/>
       <c r="E462" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F462" t="inlineStr">
         <is>
-          <t>general.settings.special.kick_inactive.request</t>
+          <t>general.settings.incorrect_number</t>
         </is>
       </c>
       <c r="G462" t="inlineStr"/>
       <c r="H462" t="inlineStr"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr"/>
       <c r="B463" t="inlineStr">
         <is>
-          <t>Выбран интервал {{interval}}, будет исключено {{users}} пользователей!</t>
+          <t>Изменение параметра "{{param}}" в чате {{title}}, отправьте новое значение в чат. Текущее значение: &lt;code&gt;{{current}}&lt;/code&gt;</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>The interval {{interval}} is selected, {{users}} users will be removed!</t>
+          <t>Changing setting "{{param}}" in chat {{title}}, sent new value in chat. Current value: &lt;code&gt;{{current}}&lt;/code&gt;</t>
         </is>
       </c>
       <c r="D463" t="inlineStr"/>
       <c r="E463" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F463" t="inlineStr">
         <is>
-          <t>general.settings.special.kick_inactive.request_confirm</t>
+          <t>general.settings.inputChangingChat</t>
         </is>
       </c>
       <c r="G463" t="inlineStr"/>
       <c r="H463" t="inlineStr"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr"/>
       <c r="B464" t="inlineStr">
         <is>
-          <t>Удаление завершено, исключено {{users}}!</t>
+          <t>Изменение параметра "{{param}}", отправьте новое значение в чат. Текущее значение: &lt;code&gt;{{current}}&lt;/code&gt;</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Removal completed, removed {{users}}!</t>
+          <t>Changing the “{{param}}” parameter, send the new value to the chat. Current value: &lt;code&gt;{{current}}&lt;/code&gt;</t>
         </is>
       </c>
       <c r="D464" t="inlineStr"/>
       <c r="E464" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F464" t="inlineStr">
         <is>
-          <t>general.settings.special.kick_inactive.success</t>
+          <t>general.settings.inputChangingPM</t>
         </is>
       </c>
       <c r="G464" t="inlineStr"/>
       <c r="H464" t="inlineStr"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr"/>
       <c r="B465" t="inlineStr">
         <is>
-          <t>Недостаточно ⭐️ на счету чата!</t>
+          <t>Выберите язык который будет использоваться в чате</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Insufficient ⭐️ on the chat balance!</t>
+          <t>Select language for the chat</t>
         </is>
       </c>
       <c r="D465" t="inlineStr"/>
       <c r="E465" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F465" t="inlineStr">
         <is>
-          <t>general.settings.special.not_enough_balance</t>
+          <t>general.settings.language.header</t>
         </is>
       </c>
       <c r="G465" t="inlineStr"/>
       <c r="H465" t="inlineStr"/>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr"/>
       <c r="B466" t="inlineStr">
         <is>
-          <t xml:space="preserve">Цена: </t>
+          <t>Добавить администратора</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t xml:space="preserve">Price: </t>
+          <t>Add admin</t>
         </is>
       </c>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
-          <t>general.settings.special.price</t>
+          <t>general.settings.permissions.admins.add</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr"/>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Начать!</t>
+          <t>Выберите пользователя(-ей) для назначения</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Start!</t>
+          <t>Select user(s)</t>
         </is>
       </c>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
-          <t>general.settings.special.start</t>
+          <t>general.settings.permissions.admins.adding</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr"/>
       <c r="B468" t="inlineStr">
         <is>
-          <t>Задача поставлена в очередь, вы получите уведомление о начале и конце!</t>
+          <t>Сменить группу</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>The task is queued, you will be notified when it starts and ends!</t>
+          <t>Chage group</t>
         </is>
       </c>
       <c r="D468" t="inlineStr"/>
       <c r="E468" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F468" t="inlineStr">
         <is>
-          <t>general.settings.special.started</t>
+          <t>general.settings.permissions.admins.edit.change_group</t>
         </is>
       </c>
       <c r="G468" t="inlineStr"/>
       <c r="H468" t="inlineStr"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr"/>
       <c r="B469" t="inlineStr">
         <is>
-          <t>Активные задачи</t>
+          <t>Выберите группу, которая будет назначена администратору</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Active tasks</t>
+          <t>Select group for this admin</t>
         </is>
       </c>
       <c r="D469" t="inlineStr"/>
       <c r="E469" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F469" t="inlineStr">
         <is>
-          <t>general.settings.special.tasks.button</t>
+          <t>general.settings.permissions.admins.edit.changing_group</t>
         </is>
       </c>
       <c r="G469" t="inlineStr"/>
       <c r="H469" t="inlineStr"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr"/>
       <c r="B470" t="inlineStr">
         <is>
-          <t>Пополнить баланс</t>
+          <t>Редактирование администратора {{name}}</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Top up balance</t>
+          <t>Editing admin {{name}}</t>
         </is>
       </c>
       <c r="D470" t="inlineStr"/>
       <c r="E470" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F470" t="inlineStr">
         <is>
-          <t>general.settings.special.topup.button</t>
+          <t>general.settings.permissions.admins.edit.header</t>
         </is>
       </c>
       <c r="G470" t="inlineStr"/>
       <c r="H470" t="inlineStr"/>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr"/>
       <c r="B471" t="inlineStr">
         <is>
-          <t>Сколько звёзд вы хотите перевести на баланс чата?</t>
+          <t>Выберите группу, которая будет назначена новым администраторам</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>How many stars do you want to transfer to your chat balance?</t>
+          <t>Select group for new admins</t>
         </is>
       </c>
       <c r="D471" t="inlineStr"/>
       <c r="E471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F471" t="inlineStr">
         <is>
-          <t>general.settings.special.topup.how_many</t>
+          <t>general.settings.permissions.admins.group</t>
         </is>
       </c>
       <c r="G471" t="inlineStr"/>
       <c r="H471" t="inlineStr"/>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr"/>
       <c r="B472" t="inlineStr">
         <is>
-          <t>Перевести</t>
+          <t>Настройки прав администраторов в чате {{title}}</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>Transfer</t>
+          <t>Admins permissions settings in chat {{title}}</t>
         </is>
       </c>
       <c r="D472" t="inlineStr"/>
       <c r="E472" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F472" t="inlineStr">
         <is>
-          <t>general.settings.special.topup.pay</t>
+          <t>general.settings.permissions.admins.header</t>
         </is>
       </c>
       <c r="G472" t="inlineStr"/>
       <c r="H472" t="inlineStr"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr"/>
       <c r="B473" t="inlineStr">
         <is>
-          <t>Введите положительное число!</t>
+          <t>Модераторы чата</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Enter positive number!</t>
+          <t>Chat moders</t>
         </is>
       </c>
       <c r="D473" t="inlineStr"/>
       <c r="E473" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F473" t="inlineStr">
         <is>
-          <t>general.settings.special.topup.positive</t>
+          <t>general.settings.permissions.admins.name</t>
         </is>
       </c>
       <c r="G473" t="inlineStr"/>
       <c r="H473" t="inlineStr"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr"/>
       <c r="B474" t="inlineStr">
         <is>
-          <t>Перевод успешно проведён!</t>
+          <t>Продвинутая система администраторов</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Transfer successful!</t>
+          <t>Advanced admins system</t>
         </is>
       </c>
       <c r="D474" t="inlineStr"/>
       <c r="E474" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F474" t="inlineStr">
         <is>
-          <t>general.settings.special.topup.successful</t>
+          <t>general.settings.permissions.advancedModers.name</t>
         </is>
       </c>
       <c r="G474" t="inlineStr"/>
       <c r="H474" t="inlineStr"/>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr"/>
       <c r="B475" t="inlineStr">
         <is>
-          <t>Перевод звёзд чату {{title}}</t>
+          <t>ВНИМАНИЕ, изменение настроек в этом разделе может лишить вас прав, рекомендуем производить изменения с аккаунта владельца чата.</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>Transfer stars to chat {{title}}</t>
+          <t>WARNING, changing settings in this section may suspend your privileges, it is recommended to make changes from the account of the chat owner.</t>
         </is>
       </c>
       <c r="D475" t="inlineStr"/>
       <c r="E475" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F475" t="inlineStr">
         <is>
-          <t>general.settings.special.topup.title</t>
+          <t>general.settings.permissions.description</t>
         </is>
       </c>
       <c r="G475" t="inlineStr"/>
       <c r="H475" t="inlineStr"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr"/>
       <c r="B476" t="inlineStr">
         <is>
-          <t>Для указания часового периода укажите необходимый часовой сдвиг в формате "UTC+N" или "GMT+N". Также вы можете использовать IANA формат "Europe/Moscow", в таком случае бот автоматически будет учитывать летнее и зимнее время, обратите внимание, что выбранный вами город не будет отображаться публично и автоматически будет конвертирован в формат GMT+N.</t>
+          <t>Нет группы</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>To specify the time period, specify the required time shift in the format “UTC+N” or “GMT+N”. You can also use IANA format “Europe/Paris”, in this case the bot will automatically take into account summer and winter time, please note that the selected city will not be displayed publicly and will be automatically converted to GMT+N format.</t>
+          <t>No group</t>
         </is>
       </c>
       <c r="D476" t="inlineStr"/>
       <c r="E476" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F476" t="inlineStr">
         <is>
-          <t>general.settings.timeZoneInfo</t>
+          <t>general.settings.permissions.fake_group</t>
         </is>
       </c>
       <c r="G476" t="inlineStr"/>
       <c r="H476" t="inlineStr"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr"/>
       <c r="B477" t="inlineStr">
         <is>
-          <t>Кулдаун между варнами одному человеку</t>
+          <t>Создать группу</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>Cooldown beetwen warns to one person</t>
+          <t>Create group</t>
         </is>
       </c>
       <c r="D477" t="inlineStr"/>
       <c r="E477" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F477" t="inlineStr">
         <is>
-          <t>general.settings.warns.cooldown.name</t>
+          <t>general.settings.permissions.groups.create.button</t>
         </is>
       </c>
       <c r="G477" t="inlineStr"/>
       <c r="H477" t="inlineStr"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr"/>
       <c r="B478" t="inlineStr">
         <is>
-          <t>Настройки варнов в чате {{title}}</t>
+          <t>Отправьте название группы:</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Warn settings in chat {{title}}</t>
+          <t>Send group name:</t>
         </is>
       </c>
       <c r="D478" t="inlineStr"/>
       <c r="E478" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F478" t="inlineStr">
         <is>
-          <t>general.settings.warns.header</t>
+          <t>general.settings.permissions.groups.create.header</t>
         </is>
       </c>
       <c r="G478" t="inlineStr"/>
       <c r="H478" t="inlineStr"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr"/>
       <c r="B479" t="inlineStr">
         <is>
-          <t>Количество варнов до выдачи наказания</t>
+          <t>Укажите приоритет группы, 0 - самый высокий</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Number of warns before punishment is given</t>
+          <t>Specify the priority of the group, 0 - the highest one</t>
         </is>
       </c>
       <c r="D479" t="inlineStr"/>
       <c r="E479" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F479" t="inlineStr">
         <is>
-          <t>general.settings.warns.maxWarns.name</t>
+          <t>general.settings.permissions.groups.create.priority</t>
         </is>
       </c>
       <c r="G479" t="inlineStr"/>
       <c r="H479" t="inlineStr"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr"/>
       <c r="B480" t="inlineStr">
         <is>
-          <t>Длительность варна</t>
+          <t>Редактирование группы {{name}}</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>Warn duration</t>
+          <t>Editing group {{name}}</t>
         </is>
       </c>
       <c r="D480" t="inlineStr"/>
       <c r="E480" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F480" t="inlineStr">
         <is>
-          <t>general.settings.warns.warnLength.name</t>
+          <t>general.settings.permissions.groups.edit.header</t>
         </is>
       </c>
       <c r="G480" t="inlineStr"/>
       <c r="H480" t="inlineStr"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr"/>
       <c r="B481" t="inlineStr">
         <is>
-          <t>Наказание за максимальное количество варнов</t>
+          <t>Изменить название</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>Punishment for the maximum number of warns</t>
+          <t>Change name</t>
         </is>
       </c>
       <c r="D481" t="inlineStr"/>
       <c r="E481" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F481" t="inlineStr">
         <is>
-          <t>general.settings.warns.warnsResult.name</t>
+          <t>general.settings.permissions.groups.edit.name.button</t>
         </is>
       </c>
       <c r="G481" t="inlineStr"/>
       <c r="H481" t="inlineStr"/>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr"/>
       <c r="B482" t="inlineStr">
         <is>
-          <t>Длительность наказания за максимальное количество варнов</t>
+          <t>Введите новое название группы:</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
-          <t>Duration of punishment for the maximum number of warns</t>
+          <t>Send new group name:</t>
         </is>
       </c>
       <c r="D482" t="inlineStr"/>
       <c r="E482" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F482" t="inlineStr">
         <is>
-          <t>general.settings.warns.warnsResultLength.name</t>
+          <t>general.settings.permissions.groups.edit.name.header</t>
         </is>
       </c>
       <c r="G482" t="inlineStr"/>
       <c r="H482" t="inlineStr"/>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr"/>
       <c r="B483" t="inlineStr">
         <is>
-          <t>Спам</t>
+          <t>Изменить права</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
-          <t>Spam</t>
+          <t>Change permissions</t>
         </is>
       </c>
       <c r="D483" t="inlineStr"/>
       <c r="E483" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F483" t="inlineStr">
         <is>
-          <t>general.spam</t>
+          <t>general.settings.permissions.groups.edit.permissions.button</t>
         </is>
       </c>
       <c r="G483" t="inlineStr"/>
       <c r="H483" t="inlineStr"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr"/>
       <c r="B484" t="inlineStr">
         <is>
-          <t>Токен</t>
+          <t>Изменить приоритет</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
-          <t>Token</t>
+          <t>Change priority</t>
         </is>
       </c>
       <c r="D484" t="inlineStr"/>
       <c r="E484" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F484" t="inlineStr">
         <is>
-          <t>general.token</t>
+          <t>general.settings.permissions.groups.edit.priority.button</t>
         </is>
       </c>
       <c r="G484" t="inlineStr"/>
       <c r="H484" t="inlineStr"/>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr"/>
       <c r="B485" t="inlineStr">
         <is>
-          <t>Неизвестный канал</t>
+          <t>Введите новый приоритет группы:</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
-          <t>Unknown channel</t>
+          <t>Send new group priority:</t>
         </is>
       </c>
       <c r="D485" t="inlineStr"/>
       <c r="E485" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F485" t="inlineStr">
         <is>
-          <t>general.unknown.channel</t>
+          <t>general.settings.permissions.groups.edit.priority.header</t>
         </is>
       </c>
       <c r="G485" t="inlineStr"/>
       <c r="H485" t="inlineStr"/>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr"/>
       <c r="B486" t="inlineStr">
         <is>
-          <t>Неизвестный пользователь</t>
+          <t>Настройки прав групп в чате {{title}}</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
-          <t>Unknown user</t>
+          <t>Group permissions settings in chat {{title}}</t>
         </is>
       </c>
       <c r="D486" t="inlineStr"/>
       <c r="E486" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F486" t="inlineStr">
         <is>
-          <t>general.unknown.user</t>
+          <t>general.settings.permissions.groups.header</t>
         </is>
       </c>
       <c r="G486" t="inlineStr"/>
       <c r="H486" t="inlineStr"/>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr"/>
       <c r="B487" t="inlineStr">
         <is>
-          <t>до</t>
+          <t>Группы прав</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
-          <t>until</t>
+          <t>Permission groups</t>
         </is>
       </c>
       <c r="D487" t="inlineStr"/>
       <c r="E487" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F487" t="inlineStr">
         <is>
-          <t>general.until</t>
+          <t>general.settings.permissions.groups.name</t>
         </is>
       </c>
       <c r="G487" t="inlineStr"/>
       <c r="H487" t="inlineStr"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr"/>
       <c r="B488" t="inlineStr">
         <is>
-          <t>Обнаружено изменение администраторов, список администраторов обновлён!</t>
+          <t>Права группы {{name}}:</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
-          <t>Admin change detected, the admin list has been updated!</t>
+          <t>Permissions of group {{name}}:</t>
         </is>
       </c>
       <c r="D488" t="inlineStr"/>
       <c r="E488" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F488" t="inlineStr">
         <is>
-          <t>handlers.adminsChange</t>
+          <t>general.settings.permissions.groups.permissions</t>
         </is>
       </c>
       <c r="G488" t="inlineStr"/>
       <c r="H488" t="inlineStr"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr"/>
       <c r="B489" t="inlineStr">
         <is>
-          <t>Вы уже прошли проверку!</t>
+          <t>Настройки прав в чате {{title}}</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>You already passed captcha!</t>
+          <t>Permissions settings in chat {{title}}</t>
         </is>
       </c>
       <c r="D489" t="inlineStr"/>
       <c r="E489" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F489" t="inlineStr">
         <is>
-          <t>handlers.captcha.again</t>
+          <t>general.settings.permissions.header</t>
         </is>
       </c>
       <c r="G489" t="inlineStr"/>
       <c r="H489" t="inlineStr"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr"/>
       <c r="B490" t="inlineStr">
         <is>
-          <t>Нажмите на кнопку ниже для входа в чат!</t>
+          <t>Основные настройки пользователя</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
-          <t>Click the button below to enter the chat room!</t>
+          <t>General user settings</t>
         </is>
       </c>
       <c r="D490" t="inlineStr"/>
       <c r="E490" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F490" t="inlineStr">
         <is>
-          <t>handlers.captcha.agree</t>
+          <t>general.settings.privates.header</t>
         </is>
       </c>
       <c r="G490" t="inlineStr"/>
       <c r="H490" t="inlineStr"/>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr"/>
       <c r="B491" t="inlineStr">
         <is>
-          <t>✅ Согласен</t>
+          <t>Часовой пояс</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
-          <t>✅ I agree</t>
+          <t>Time zone</t>
         </is>
       </c>
       <c r="D491" t="inlineStr"/>
       <c r="E491" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F491" t="inlineStr">
         <is>
-          <t>handlers.captcha.agreed</t>
+          <t>general.settings.privates.timezone.name</t>
         </is>
       </c>
       <c r="G491" t="inlineStr"/>
       <c r="H491" t="inlineStr"/>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr"/>
       <c r="B492" t="inlineStr">
         <is>
-          <t>Верно!</t>
+          <t>Минимальное количество репортов от пользователей удаляющих сообщения</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
-          <t>Correct!</t>
+          <t>Minimum number of reports from users deleting messages</t>
         </is>
       </c>
       <c r="D492" t="inlineStr"/>
       <c r="E492" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F492" t="inlineStr">
         <is>
-          <t>handlers.captcha.correct</t>
+          <t>general.settings.reports.deleteReports.name</t>
         </is>
       </c>
       <c r="G492" t="inlineStr"/>
       <c r="H492" t="inlineStr"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr"/>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Для подтверждения что вы не бот, нажмите на: {{correct}}</t>
+          <t>Минимальное количество репортов у пользователя для удаления сообщения</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
-          <t>To confirm that you are not a bot, click on: {{correct}}</t>
+          <t>Minimum number of reports for a user to delete a message</t>
         </is>
       </c>
       <c r="D493" t="inlineStr"/>
       <c r="E493" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F493" t="inlineStr">
         <is>
-          <t>handlers.captcha.emoji</t>
+          <t>general.settings.reports.deleteReportsCount.name</t>
         </is>
       </c>
       <c r="G493" t="inlineStr"/>
       <c r="H493" t="inlineStr"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr"/>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Это не ваша капча!</t>
+          <t>Минимальный рейтинг человека для удаления сообщения</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
-          <t>It's not your captcha!</t>
+          <t>Minimum rating of a person to delete a message</t>
         </is>
       </c>
       <c r="D494" t="inlineStr"/>
       <c r="E494" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F494" t="inlineStr">
         <is>
-          <t>handlers.captcha.wrongUser</t>
+          <t>general.settings.reports.deleteReportsRate.name</t>
         </is>
       </c>
       <c r="G494" t="inlineStr"/>
       <c r="H494" t="inlineStr"/>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr"/>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Обнаружен рейд! {{joins}} пользователей вошло за {{interval}}. Активирован рейд-режим, используйте /raidmode для отключения.</t>
+          <t>Настройки репортов в чате {{title}}</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
-          <t>Raid detected! {{joins}} users have entered for {{interval}}. Raid mode is activated, use /raidmode to disable.</t>
+          <t>Reposts settings in chat {{title}}</t>
         </is>
       </c>
       <c r="D495" t="inlineStr"/>
       <c r="E495" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F495" t="inlineStr">
         <is>
-          <t>handlers.chatJoin.raid</t>
+          <t>general.settings.reports.header</t>
         </is>
       </c>
       <c r="G495" t="inlineStr"/>
       <c r="H495" t="inlineStr"/>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr"/>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Обнаружен недопустимый контент "{{type}}" в чате {{title}}</t>
+          <t>Система репортов</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
-          <t>Found unacceptable content "{{type}}" in chat {{title}}</t>
+          <t>Reports system</t>
         </is>
       </c>
       <c r="D496" t="inlineStr"/>
       <c r="E496" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F496" t="inlineStr">
         <is>
-          <t>handlers.file.got</t>
+          <t>general.settings.reports.reportsSystem.name</t>
         </is>
       </c>
       <c r="G496" t="inlineStr"/>
       <c r="H496" t="inlineStr"/>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr"/>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Спасибо за добавление меня в администраторы! Теперь я готов к работе!</t>
+          <t>Очистить удалённые аккаунты</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
-          <t>Thank you for adding me as an admin! I am now ready to go to work!</t>
+          <t>Remove deleted accounts</t>
         </is>
       </c>
       <c r="D497" t="inlineStr"/>
       <c r="E497" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F497" t="inlineStr">
         <is>
-          <t>handlers.hello.full</t>
+          <t>general.settings.special.clear_deleted.button</t>
         </is>
       </c>
       <c r="G497" t="inlineStr"/>
       <c r="H497" t="inlineStr"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr"/>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Спасибо за добавление меня в чат! Для начала работы добавьте меня в администраторы и дайте права на удаление сообщений и ограничение пользователей. После этого я буду готов к работе!</t>
+          <t>Позволяет удалить удалённые аккаунты из списка участников и заблокированных пользователей.</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
-          <t>Thanks for adding me to the chat! To get started, add me as an admin and give me permissions to delete posts and restrict users. After that I will be ready to work!</t>
+          <t>Allows you to remove deleted accounts from the list of participants and removed users.</t>
         </is>
       </c>
       <c r="D498" t="inlineStr"/>
       <c r="E498" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F498" t="inlineStr">
         <is>
-          <t>handlers.hello.restricted</t>
+          <t>general.settings.special.clear_deleted.description</t>
         </is>
       </c>
       <c r="G498" t="inlineStr"/>
       <c r="H498" t="inlineStr"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr"/>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Отправка запрещённых ссылок</t>
+          <t>Дополнительные возможности для чата {{title}}
+Баланс чата: {{balance}}</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
-          <t>Sending unallowed links</t>
+          <t>Special actions for chat {{title}}
+Balance: {{balance}}</t>
         </is>
       </c>
       <c r="D499" t="inlineStr"/>
       <c r="E499" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F499" t="inlineStr">
         <is>
-          <t>handlers.linksChecker.reason</t>
+          <t>general.settings.special.header</t>
         </is>
       </c>
       <c r="G499" t="inlineStr"/>
       <c r="H499" t="inlineStr"/>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr"/>
       <c r="B500" t="inlineStr">
         <is>
-          <t>Группа была мигрирована в супергруппу!</t>
+          <t>Индексировать старые сообщения</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
-          <t>The group has been migrated to a supergroup!</t>
+          <t>Index old messages</t>
         </is>
       </c>
       <c r="D500" t="inlineStr"/>
       <c r="E500" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F500" t="inlineStr">
         <is>
-          <t>handlers.migrate</t>
+          <t>general.settings.special.index_old.button</t>
         </is>
       </c>
       <c r="G500" t="inlineStr"/>
       <c r="H500" t="inlineStr"/>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr"/>
       <c r="B501" t="inlineStr">
         <is>
-          <t>Нативная блокировка</t>
+          <t>Позволяет стражнику изучить все сообщения до его добавления в чат.</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
-          <t>Native ban</t>
+          <t>Allows the guard to explore all messages before they are added to the chat.</t>
         </is>
       </c>
       <c r="D501" t="inlineStr"/>
       <c r="E501" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F501" t="inlineStr">
         <is>
-          <t>handlers.nativeBan</t>
+          <t>general.settings.special.index_old.description</t>
         </is>
       </c>
       <c r="G501" t="inlineStr"/>
       <c r="H501" t="inlineStr"/>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr"/>
       <c r="B502" t="inlineStr">
         <is>
-          <t>{{user}} за отправку реакций во время мута вы можете быть заблокированы!</t>
+          <t>Задача на изучение истории чата началась!</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>{{user}} you can be banned for sending reactions during mute!</t>
+          <t>The task of exploring the history of the chat has begun!</t>
         </is>
       </c>
       <c r="D502" t="inlineStr"/>
       <c r="E502" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F502" t="inlineStr">
         <is>
-          <t>handlers.reactions.notify</t>
+          <t>general.settings.special.index_old.started</t>
         </is>
       </c>
       <c r="G502" t="inlineStr"/>
       <c r="H502" t="inlineStr"/>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr"/>
       <c r="B503" t="inlineStr">
         <is>
-          <t>реакции в муте</t>
+          <t>Исключить неактивных пользователей</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>reactions while mute is active</t>
+          <t>Remove inactive users</t>
         </is>
       </c>
       <c r="D503" t="inlineStr"/>
       <c r="E503" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F503" t="inlineStr">
         <is>
-          <t>handlers.reactions.reason</t>
+          <t>general.settings.special.kick_inactive.button</t>
         </is>
       </c>
       <c r="G503" t="inlineStr"/>
       <c r="H503" t="inlineStr"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr"/>
       <c r="B504" t="inlineStr">
         <is>
-          <t>Репутация уменьшена!</t>
+          <t>Исключает из чата всех неактивных участников за выбранный период</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Reputation decreased!</t>
+          <t>Removes all inactive participants from the chat for the selected period</t>
         </is>
       </c>
       <c r="D504" t="inlineStr"/>
       <c r="E504" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F504" t="inlineStr">
         <is>
-          <t>handlers.reputation.down</t>
+          <t>general.settings.special.kick_inactive.description</t>
         </is>
       </c>
       <c r="G504" t="inlineStr"/>
       <c r="H504" t="inlineStr"/>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr"/>
       <c r="B505" t="inlineStr">
         <is>
-          <t>Репутация увеличена!</t>
+          <t>Удалено {{progress}} из {{users}}!</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Reputation increased!</t>
+          <t>Removed {{progress}} from {{users}}!</t>
         </is>
       </c>
       <c r="D505" t="inlineStr"/>
       <c r="E505" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F505" t="inlineStr">
         <is>
-          <t>handlers.reputation.up</t>
+          <t>general.settings.special.kick_inactive.progress</t>
         </is>
       </c>
       <c r="G505" t="inlineStr"/>
       <c r="H505" t="inlineStr"/>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr"/>
       <c r="B506" t="inlineStr">
         <is>
+          <t>Укажите минимальный интервал активности, все пользователи с большим - будут исключены.</t>
+        </is>
+      </c>
+      <c r="C506" t="inlineStr">
+        <is>
+          <t>Specify a minimum activity interval, all users with a larger one will be removed.</t>
+        </is>
+      </c>
+      <c r="D506" t="inlineStr"/>
+      <c r="E506" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F506" t="inlineStr">
+        <is>
+          <t>general.settings.special.kick_inactive.request</t>
+        </is>
+      </c>
+      <c r="G506" t="inlineStr"/>
+      <c r="H506" t="inlineStr"/>
+    </row>
+    <row r="507">
+      <c r="A507" t="inlineStr"/>
+      <c r="B507" t="inlineStr">
+        <is>
+          <t>Выбран интервал {{interval}}, будет исключено {{users}} пользователей!</t>
+        </is>
+      </c>
+      <c r="C507" t="inlineStr">
+        <is>
+          <t>The interval {{interval}} is selected, {{users}} users will be removed!</t>
+        </is>
+      </c>
+      <c r="D507" t="inlineStr"/>
+      <c r="E507" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F507" t="inlineStr">
+        <is>
+          <t>general.settings.special.kick_inactive.request_confirm</t>
+        </is>
+      </c>
+      <c r="G507" t="inlineStr"/>
+      <c r="H507" t="inlineStr"/>
+    </row>
+    <row r="508">
+      <c r="A508" t="inlineStr"/>
+      <c r="B508" t="inlineStr">
+        <is>
+          <t>Удаление завершено, исключено {{users}}!</t>
+        </is>
+      </c>
+      <c r="C508" t="inlineStr">
+        <is>
+          <t>Removal completed, removed {{users}}!</t>
+        </is>
+      </c>
+      <c r="D508" t="inlineStr"/>
+      <c r="E508" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F508" t="inlineStr">
+        <is>
+          <t>general.settings.special.kick_inactive.success</t>
+        </is>
+      </c>
+      <c r="G508" t="inlineStr"/>
+      <c r="H508" t="inlineStr"/>
+    </row>
+    <row r="509">
+      <c r="A509" t="inlineStr"/>
+      <c r="B509" t="inlineStr">
+        <is>
+          <t>Недостаточно ⭐️ на счету чата!</t>
+        </is>
+      </c>
+      <c r="C509" t="inlineStr">
+        <is>
+          <t>Insufficient ⭐️ on the chat balance!</t>
+        </is>
+      </c>
+      <c r="D509" t="inlineStr"/>
+      <c r="E509" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F509" t="inlineStr">
+        <is>
+          <t>general.settings.special.not_enough_balance</t>
+        </is>
+      </c>
+      <c r="G509" t="inlineStr"/>
+      <c r="H509" t="inlineStr"/>
+    </row>
+    <row r="510">
+      <c r="A510" t="inlineStr"/>
+      <c r="B510" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Цена: </t>
+        </is>
+      </c>
+      <c r="C510" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Price: </t>
+        </is>
+      </c>
+      <c r="D510" t="inlineStr"/>
+      <c r="E510" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F510" t="inlineStr">
+        <is>
+          <t>general.settings.special.price</t>
+        </is>
+      </c>
+      <c r="G510" t="inlineStr"/>
+      <c r="H510" t="inlineStr"/>
+    </row>
+    <row r="511">
+      <c r="A511" t="inlineStr"/>
+      <c r="B511" t="inlineStr">
+        <is>
+          <t>Начать!</t>
+        </is>
+      </c>
+      <c r="C511" t="inlineStr">
+        <is>
+          <t>Start!</t>
+        </is>
+      </c>
+      <c r="D511" t="inlineStr"/>
+      <c r="E511" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F511" t="inlineStr">
+        <is>
+          <t>general.settings.special.start</t>
+        </is>
+      </c>
+      <c r="G511" t="inlineStr"/>
+      <c r="H511" t="inlineStr"/>
+    </row>
+    <row r="512">
+      <c r="A512" t="inlineStr"/>
+      <c r="B512" t="inlineStr">
+        <is>
+          <t>Задача поставлена в очередь, вы получите уведомление о начале и конце!</t>
+        </is>
+      </c>
+      <c r="C512" t="inlineStr">
+        <is>
+          <t>The task is queued, you will be notified when it starts and ends!</t>
+        </is>
+      </c>
+      <c r="D512" t="inlineStr"/>
+      <c r="E512" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F512" t="inlineStr">
+        <is>
+          <t>general.settings.special.started</t>
+        </is>
+      </c>
+      <c r="G512" t="inlineStr"/>
+      <c r="H512" t="inlineStr"/>
+    </row>
+    <row r="513">
+      <c r="A513" t="inlineStr"/>
+      <c r="B513" t="inlineStr">
+        <is>
+          <t>Активные задачи</t>
+        </is>
+      </c>
+      <c r="C513" t="inlineStr">
+        <is>
+          <t>Active tasks</t>
+        </is>
+      </c>
+      <c r="D513" t="inlineStr"/>
+      <c r="E513" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F513" t="inlineStr">
+        <is>
+          <t>general.settings.special.tasks.button</t>
+        </is>
+      </c>
+      <c r="G513" t="inlineStr"/>
+      <c r="H513" t="inlineStr"/>
+    </row>
+    <row r="514">
+      <c r="A514" t="inlineStr"/>
+      <c r="B514" t="inlineStr">
+        <is>
+          <t>Пополнить баланс</t>
+        </is>
+      </c>
+      <c r="C514" t="inlineStr">
+        <is>
+          <t>Top up balance</t>
+        </is>
+      </c>
+      <c r="D514" t="inlineStr"/>
+      <c r="E514" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F514" t="inlineStr">
+        <is>
+          <t>general.settings.special.topup.button</t>
+        </is>
+      </c>
+      <c r="G514" t="inlineStr"/>
+      <c r="H514" t="inlineStr"/>
+    </row>
+    <row r="515">
+      <c r="A515" t="inlineStr"/>
+      <c r="B515" t="inlineStr">
+        <is>
+          <t>Сколько звёзд вы хотите перевести на баланс чата?</t>
+        </is>
+      </c>
+      <c r="C515" t="inlineStr">
+        <is>
+          <t>How many stars do you want to transfer to your chat balance?</t>
+        </is>
+      </c>
+      <c r="D515" t="inlineStr"/>
+      <c r="E515" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F515" t="inlineStr">
+        <is>
+          <t>general.settings.special.topup.how_many</t>
+        </is>
+      </c>
+      <c r="G515" t="inlineStr"/>
+      <c r="H515" t="inlineStr"/>
+    </row>
+    <row r="516">
+      <c r="A516" t="inlineStr"/>
+      <c r="B516" t="inlineStr">
+        <is>
+          <t>Перевести</t>
+        </is>
+      </c>
+      <c r="C516" t="inlineStr">
+        <is>
+          <t>Transfer</t>
+        </is>
+      </c>
+      <c r="D516" t="inlineStr"/>
+      <c r="E516" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F516" t="inlineStr">
+        <is>
+          <t>general.settings.special.topup.pay</t>
+        </is>
+      </c>
+      <c r="G516" t="inlineStr"/>
+      <c r="H516" t="inlineStr"/>
+    </row>
+    <row r="517">
+      <c r="A517" t="inlineStr"/>
+      <c r="B517" t="inlineStr">
+        <is>
+          <t>Введите положительное число!</t>
+        </is>
+      </c>
+      <c r="C517" t="inlineStr">
+        <is>
+          <t>Enter positive number!</t>
+        </is>
+      </c>
+      <c r="D517" t="inlineStr"/>
+      <c r="E517" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F517" t="inlineStr">
+        <is>
+          <t>general.settings.special.topup.positive</t>
+        </is>
+      </c>
+      <c r="G517" t="inlineStr"/>
+      <c r="H517" t="inlineStr"/>
+    </row>
+    <row r="518">
+      <c r="A518" t="inlineStr"/>
+      <c r="B518" t="inlineStr">
+        <is>
+          <t>Перевод успешно проведён!</t>
+        </is>
+      </c>
+      <c r="C518" t="inlineStr">
+        <is>
+          <t>Transfer successful!</t>
+        </is>
+      </c>
+      <c r="D518" t="inlineStr"/>
+      <c r="E518" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F518" t="inlineStr">
+        <is>
+          <t>general.settings.special.topup.successful</t>
+        </is>
+      </c>
+      <c r="G518" t="inlineStr"/>
+      <c r="H518" t="inlineStr"/>
+    </row>
+    <row r="519">
+      <c r="A519" t="inlineStr"/>
+      <c r="B519" t="inlineStr">
+        <is>
+          <t>Перевод звёзд чату {{title}}</t>
+        </is>
+      </c>
+      <c r="C519" t="inlineStr">
+        <is>
+          <t>Transfer stars to chat {{title}}</t>
+        </is>
+      </c>
+      <c r="D519" t="inlineStr"/>
+      <c r="E519" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F519" t="inlineStr">
+        <is>
+          <t>general.settings.special.topup.title</t>
+        </is>
+      </c>
+      <c r="G519" t="inlineStr"/>
+      <c r="H519" t="inlineStr"/>
+    </row>
+    <row r="520">
+      <c r="A520" t="inlineStr"/>
+      <c r="B520" t="inlineStr">
+        <is>
+          <t>Для указания часового периода укажите необходимый часовой сдвиг в формате "UTC+N" или "GMT+N". Также вы можете использовать IANA формат "Europe/Moscow", в таком случае бот автоматически будет учитывать летнее и зимнее время, обратите внимание, что выбранный вами город не будет отображаться публично и автоматически будет конвертирован в формат GMT+N.</t>
+        </is>
+      </c>
+      <c r="C520" t="inlineStr">
+        <is>
+          <t>To specify the time period, specify the required time shift in the format “UTC+N” or “GMT+N”. You can also use IANA format “Europe/Paris”, in this case the bot will automatically take into account summer and winter time, please note that the selected city will not be displayed publicly and will be automatically converted to GMT+N format.</t>
+        </is>
+      </c>
+      <c r="D520" t="inlineStr"/>
+      <c r="E520" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F520" t="inlineStr">
+        <is>
+          <t>general.settings.timeZoneInfo</t>
+        </is>
+      </c>
+      <c r="G520" t="inlineStr"/>
+      <c r="H520" t="inlineStr"/>
+    </row>
+    <row r="521">
+      <c r="A521" t="inlineStr"/>
+      <c r="B521" t="inlineStr">
+        <is>
+          <t>Кулдаун</t>
+        </is>
+      </c>
+      <c r="C521" t="inlineStr">
+        <is>
+          <t>Cooldown</t>
+        </is>
+      </c>
+      <c r="D521" t="inlineStr"/>
+      <c r="E521" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F521" t="inlineStr">
+        <is>
+          <t>general.settings.warns.cooldown.name</t>
+        </is>
+      </c>
+      <c r="G521" t="inlineStr"/>
+      <c r="H521" t="inlineStr"/>
+    </row>
+    <row r="522">
+      <c r="A522" t="inlineStr"/>
+      <c r="B522" t="inlineStr">
+        <is>
+          <t>Настройки предупреждений в чате {{title}}</t>
+        </is>
+      </c>
+      <c r="C522" t="inlineStr">
+        <is>
+          <t>Warnings settings in chat {{title}}</t>
+        </is>
+      </c>
+      <c r="D522" t="inlineStr"/>
+      <c r="E522" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F522" t="inlineStr">
+        <is>
+          <t>general.settings.warns.header</t>
+        </is>
+      </c>
+      <c r="G522" t="inlineStr"/>
+      <c r="H522" t="inlineStr"/>
+    </row>
+    <row r="523">
+      <c r="A523" t="inlineStr"/>
+      <c r="B523" t="inlineStr">
+        <is>
+          <t>Лимит до наказания</t>
+        </is>
+      </c>
+      <c r="C523" t="inlineStr">
+        <is>
+          <t>Limit before punishment</t>
+        </is>
+      </c>
+      <c r="D523" t="inlineStr"/>
+      <c r="E523" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F523" t="inlineStr">
+        <is>
+          <t>general.settings.warns.maxWarns.name</t>
+        </is>
+      </c>
+      <c r="G523" t="inlineStr"/>
+      <c r="H523" t="inlineStr"/>
+    </row>
+    <row r="524">
+      <c r="A524" t="inlineStr"/>
+      <c r="B524" t="inlineStr">
+        <is>
+          <t>Длительность</t>
+        </is>
+      </c>
+      <c r="C524" t="inlineStr">
+        <is>
+          <t>Duration</t>
+        </is>
+      </c>
+      <c r="D524" t="inlineStr"/>
+      <c r="E524" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F524" t="inlineStr">
+        <is>
+          <t>general.settings.warns.warnLength.name</t>
+        </is>
+      </c>
+      <c r="G524" t="inlineStr"/>
+      <c r="H524" t="inlineStr"/>
+    </row>
+    <row r="525">
+      <c r="A525" t="inlineStr"/>
+      <c r="B525" t="inlineStr">
+        <is>
+          <t>Наказание</t>
+        </is>
+      </c>
+      <c r="C525" t="inlineStr">
+        <is>
+          <t>Punishment</t>
+        </is>
+      </c>
+      <c r="D525" t="inlineStr"/>
+      <c r="E525" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F525" t="inlineStr">
+        <is>
+          <t>general.settings.warns.warnsResult.name</t>
+        </is>
+      </c>
+      <c r="G525" t="inlineStr"/>
+      <c r="H525" t="inlineStr"/>
+    </row>
+    <row r="526">
+      <c r="A526" t="inlineStr"/>
+      <c r="B526" t="inlineStr">
+        <is>
+          <t>Длительность наказания</t>
+        </is>
+      </c>
+      <c r="C526" t="inlineStr">
+        <is>
+          <t>Duration of punishment</t>
+        </is>
+      </c>
+      <c r="D526" t="inlineStr"/>
+      <c r="E526" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F526" t="inlineStr">
+        <is>
+          <t>general.settings.warns.warnsResultLength.name</t>
+        </is>
+      </c>
+      <c r="G526" t="inlineStr"/>
+      <c r="H526" t="inlineStr"/>
+    </row>
+    <row r="527">
+      <c r="A527" t="inlineStr"/>
+      <c r="B527" t="inlineStr">
+        <is>
+          <t>Спам</t>
+        </is>
+      </c>
+      <c r="C527" t="inlineStr">
+        <is>
+          <t>Spam</t>
+        </is>
+      </c>
+      <c r="D527" t="inlineStr"/>
+      <c r="E527" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F527" t="inlineStr">
+        <is>
+          <t>general.spam</t>
+        </is>
+      </c>
+      <c r="G527" t="inlineStr"/>
+      <c r="H527" t="inlineStr"/>
+    </row>
+    <row r="528">
+      <c r="A528" t="inlineStr"/>
+      <c r="B528" t="inlineStr">
+        <is>
+          <t>Токен</t>
+        </is>
+      </c>
+      <c r="C528" t="inlineStr">
+        <is>
+          <t>Token</t>
+        </is>
+      </c>
+      <c r="D528" t="inlineStr"/>
+      <c r="E528" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F528" t="inlineStr">
+        <is>
+          <t>general.token</t>
+        </is>
+      </c>
+      <c r="G528" t="inlineStr"/>
+      <c r="H528" t="inlineStr"/>
+    </row>
+    <row r="529">
+      <c r="A529" t="inlineStr"/>
+      <c r="B529" t="inlineStr">
+        <is>
+          <t>Неизвестный канал</t>
+        </is>
+      </c>
+      <c r="C529" t="inlineStr">
+        <is>
+          <t>Unknown channel</t>
+        </is>
+      </c>
+      <c r="D529" t="inlineStr"/>
+      <c r="E529" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F529" t="inlineStr">
+        <is>
+          <t>general.unknown.channel</t>
+        </is>
+      </c>
+      <c r="G529" t="inlineStr"/>
+      <c r="H529" t="inlineStr"/>
+    </row>
+    <row r="530">
+      <c r="A530" t="inlineStr"/>
+      <c r="B530" t="inlineStr">
+        <is>
+          <t>Неизвестный пользователь</t>
+        </is>
+      </c>
+      <c r="C530" t="inlineStr">
+        <is>
+          <t>Unknown user</t>
+        </is>
+      </c>
+      <c r="D530" t="inlineStr"/>
+      <c r="E530" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F530" t="inlineStr">
+        <is>
+          <t>general.unknown.user</t>
+        </is>
+      </c>
+      <c r="G530" t="inlineStr"/>
+      <c r="H530" t="inlineStr"/>
+    </row>
+    <row r="531">
+      <c r="A531" t="inlineStr"/>
+      <c r="B531" t="inlineStr">
+        <is>
+          <t>до</t>
+        </is>
+      </c>
+      <c r="C531" t="inlineStr">
+        <is>
+          <t>until</t>
+        </is>
+      </c>
+      <c r="D531" t="inlineStr"/>
+      <c r="E531" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F531" t="inlineStr">
+        <is>
+          <t>general.until</t>
+        </is>
+      </c>
+      <c r="G531" t="inlineStr"/>
+      <c r="H531" t="inlineStr"/>
+    </row>
+    <row r="532">
+      <c r="A532" t="inlineStr"/>
+      <c r="B532" t="inlineStr">
+        <is>
+          <t>Обнаружено изменение администраторов, список администраторов обновлён!</t>
+        </is>
+      </c>
+      <c r="C532" t="inlineStr">
+        <is>
+          <t>Admin change detected, the admin list has been updated!</t>
+        </is>
+      </c>
+      <c r="D532" t="inlineStr"/>
+      <c r="E532" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F532" t="inlineStr">
+        <is>
+          <t>handlers.adminsChange</t>
+        </is>
+      </c>
+      <c r="G532" t="inlineStr"/>
+      <c r="H532" t="inlineStr"/>
+    </row>
+    <row r="533">
+      <c r="A533" t="inlineStr"/>
+      <c r="B533" t="inlineStr">
+        <is>
+          <t>Вы уже прошли проверку!</t>
+        </is>
+      </c>
+      <c r="C533" t="inlineStr">
+        <is>
+          <t>You already passed captcha!</t>
+        </is>
+      </c>
+      <c r="D533" t="inlineStr"/>
+      <c r="E533" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F533" t="inlineStr">
+        <is>
+          <t>handlers.captcha.again</t>
+        </is>
+      </c>
+      <c r="G533" t="inlineStr"/>
+      <c r="H533" t="inlineStr"/>
+    </row>
+    <row r="534">
+      <c r="A534" t="inlineStr"/>
+      <c r="B534" t="inlineStr">
+        <is>
+          <t>Нажмите на кнопку ниже для входа в чат!</t>
+        </is>
+      </c>
+      <c r="C534" t="inlineStr">
+        <is>
+          <t>Click the button below to enter the chat room!</t>
+        </is>
+      </c>
+      <c r="D534" t="inlineStr"/>
+      <c r="E534" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F534" t="inlineStr">
+        <is>
+          <t>handlers.captcha.agree</t>
+        </is>
+      </c>
+      <c r="G534" t="inlineStr"/>
+      <c r="H534" t="inlineStr"/>
+    </row>
+    <row r="535">
+      <c r="A535" t="inlineStr"/>
+      <c r="B535" t="inlineStr">
+        <is>
+          <t>✅ Согласен</t>
+        </is>
+      </c>
+      <c r="C535" t="inlineStr">
+        <is>
+          <t>✅ I agree</t>
+        </is>
+      </c>
+      <c r="D535" t="inlineStr"/>
+      <c r="E535" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F535" t="inlineStr">
+        <is>
+          <t>handlers.captcha.agreed</t>
+        </is>
+      </c>
+      <c r="G535" t="inlineStr"/>
+      <c r="H535" t="inlineStr"/>
+    </row>
+    <row r="536">
+      <c r="A536" t="inlineStr"/>
+      <c r="B536" t="inlineStr">
+        <is>
+          <t>Верно!</t>
+        </is>
+      </c>
+      <c r="C536" t="inlineStr">
+        <is>
+          <t>Correct!</t>
+        </is>
+      </c>
+      <c r="D536" t="inlineStr"/>
+      <c r="E536" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F536" t="inlineStr">
+        <is>
+          <t>handlers.captcha.correct</t>
+        </is>
+      </c>
+      <c r="G536" t="inlineStr"/>
+      <c r="H536" t="inlineStr"/>
+    </row>
+    <row r="537">
+      <c r="A537" t="inlineStr"/>
+      <c r="B537" t="inlineStr">
+        <is>
+          <t>Для подтверждения что вы не бот, нажмите на: {{correct}}</t>
+        </is>
+      </c>
+      <c r="C537" t="inlineStr">
+        <is>
+          <t>To confirm that you are not a bot, click on: {{correct}}</t>
+        </is>
+      </c>
+      <c r="D537" t="inlineStr"/>
+      <c r="E537" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F537" t="inlineStr">
+        <is>
+          <t>handlers.captcha.emoji</t>
+        </is>
+      </c>
+      <c r="G537" t="inlineStr"/>
+      <c r="H537" t="inlineStr"/>
+    </row>
+    <row r="538">
+      <c r="A538" t="inlineStr"/>
+      <c r="B538" t="inlineStr">
+        <is>
+          <t>Это не ваша капча!</t>
+        </is>
+      </c>
+      <c r="C538" t="inlineStr">
+        <is>
+          <t>It's not your captcha!</t>
+        </is>
+      </c>
+      <c r="D538" t="inlineStr"/>
+      <c r="E538" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F538" t="inlineStr">
+        <is>
+          <t>handlers.captcha.wrongUser</t>
+        </is>
+      </c>
+      <c r="G538" t="inlineStr"/>
+      <c r="H538" t="inlineStr"/>
+    </row>
+    <row r="539">
+      <c r="A539" t="inlineStr"/>
+      <c r="B539" t="inlineStr">
+        <is>
+          <t>Обнаружен рейд! {{joins}} пользователей вошло за {{interval}}. Активирован рейд-режим, используйте /raidmode для отключения.</t>
+        </is>
+      </c>
+      <c r="C539" t="inlineStr">
+        <is>
+          <t>Raid detected! {{joins}} users have entered for {{interval}}. Raid mode is activated, use /raidmode to disable.</t>
+        </is>
+      </c>
+      <c r="D539" t="inlineStr"/>
+      <c r="E539" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F539" t="inlineStr">
+        <is>
+          <t>handlers.chatJoin.raid</t>
+        </is>
+      </c>
+      <c r="G539" t="inlineStr"/>
+      <c r="H539" t="inlineStr"/>
+    </row>
+    <row r="540">
+      <c r="A540" t="inlineStr"/>
+      <c r="B540" t="inlineStr">
+        <is>
+          <t>Обнаружен недопустимый контент "{{type}}" в чате {{title}}</t>
+        </is>
+      </c>
+      <c r="C540" t="inlineStr">
+        <is>
+          <t>Found unacceptable content "{{type}}" in chat {{title}}</t>
+        </is>
+      </c>
+      <c r="D540" t="inlineStr"/>
+      <c r="E540" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F540" t="inlineStr">
+        <is>
+          <t>handlers.file.got</t>
+        </is>
+      </c>
+      <c r="G540" t="inlineStr"/>
+      <c r="H540" t="inlineStr"/>
+    </row>
+    <row r="541">
+      <c r="A541" t="inlineStr"/>
+      <c r="B541" t="inlineStr">
+        <is>
+          <t>Спасибо за добавление меня в администраторы! Теперь я готов к работе!</t>
+        </is>
+      </c>
+      <c r="C541" t="inlineStr">
+        <is>
+          <t>Thank you for adding me as an admin! I am now ready to go to work!</t>
+        </is>
+      </c>
+      <c r="D541" t="inlineStr"/>
+      <c r="E541" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F541" t="inlineStr">
+        <is>
+          <t>handlers.hello.full</t>
+        </is>
+      </c>
+      <c r="G541" t="inlineStr"/>
+      <c r="H541" t="inlineStr"/>
+    </row>
+    <row r="542">
+      <c r="A542" t="inlineStr"/>
+      <c r="B542" t="inlineStr">
+        <is>
+          <t>Спасибо за добавление меня в чат! Для начала работы добавьте меня в администраторы и дайте права на удаление сообщений и ограничение пользователей. После этого я буду готов к работе!</t>
+        </is>
+      </c>
+      <c r="C542" t="inlineStr">
+        <is>
+          <t>Thanks for adding me to the chat! To get started, add me as an admin and give me permissions to delete posts and restrict users. After that I will be ready to work!</t>
+        </is>
+      </c>
+      <c r="D542" t="inlineStr"/>
+      <c r="E542" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F542" t="inlineStr">
+        <is>
+          <t>handlers.hello.restricted</t>
+        </is>
+      </c>
+      <c r="G542" t="inlineStr"/>
+      <c r="H542" t="inlineStr"/>
+    </row>
+    <row r="543">
+      <c r="A543" t="inlineStr"/>
+      <c r="B543" t="inlineStr">
+        <is>
+          <t>Отправка запрещённых ссылок</t>
+        </is>
+      </c>
+      <c r="C543" t="inlineStr">
+        <is>
+          <t>Sending unallowed links</t>
+        </is>
+      </c>
+      <c r="D543" t="inlineStr"/>
+      <c r="E543" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F543" t="inlineStr">
+        <is>
+          <t>handlers.linksChecker.reason</t>
+        </is>
+      </c>
+      <c r="G543" t="inlineStr"/>
+      <c r="H543" t="inlineStr"/>
+    </row>
+    <row r="544">
+      <c r="A544" t="inlineStr"/>
+      <c r="B544" t="inlineStr">
+        <is>
+          <t>Группа была мигрирована в супергруппу!</t>
+        </is>
+      </c>
+      <c r="C544" t="inlineStr">
+        <is>
+          <t>The group has been migrated to a supergroup!</t>
+        </is>
+      </c>
+      <c r="D544" t="inlineStr"/>
+      <c r="E544" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F544" t="inlineStr">
+        <is>
+          <t>handlers.migrate</t>
+        </is>
+      </c>
+      <c r="G544" t="inlineStr"/>
+      <c r="H544" t="inlineStr"/>
+    </row>
+    <row r="545">
+      <c r="A545" t="inlineStr"/>
+      <c r="B545" t="inlineStr">
+        <is>
+          <t>Нативная блокировка</t>
+        </is>
+      </c>
+      <c r="C545" t="inlineStr">
+        <is>
+          <t>Native ban</t>
+        </is>
+      </c>
+      <c r="D545" t="inlineStr"/>
+      <c r="E545" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F545" t="inlineStr">
+        <is>
+          <t>handlers.nativeBan</t>
+        </is>
+      </c>
+      <c r="G545" t="inlineStr"/>
+      <c r="H545" t="inlineStr"/>
+    </row>
+    <row r="546">
+      <c r="A546" t="inlineStr"/>
+      <c r="B546" t="inlineStr">
+        <is>
+          <t>Ночной режим выключен!</t>
+        </is>
+      </c>
+      <c r="C546" t="inlineStr">
+        <is>
+          <t>Night mode disabled!</t>
+        </is>
+      </c>
+      <c r="D546" t="inlineStr"/>
+      <c r="E546" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F546" t="inlineStr">
+        <is>
+          <t>handlers.nightMode.disable</t>
+        </is>
+      </c>
+      <c r="G546" t="inlineStr"/>
+      <c r="H546" t="inlineStr"/>
+    </row>
+    <row r="547">
+      <c r="A547" t="inlineStr"/>
+      <c r="B547" t="inlineStr">
+        <is>
+          <t>Включён ночной режим!</t>
+        </is>
+      </c>
+      <c r="C547" t="inlineStr">
+        <is>
+          <t>Night mode activated!</t>
+        </is>
+      </c>
+      <c r="D547" t="inlineStr"/>
+      <c r="E547" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F547" t="inlineStr">
+        <is>
+          <t>handlers.nightMode.enable</t>
+        </is>
+      </c>
+      <c r="G547" t="inlineStr"/>
+      <c r="H547" t="inlineStr"/>
+    </row>
+    <row r="548">
+      <c r="A548" t="inlineStr"/>
+      <c r="B548" t="inlineStr">
+        <is>
+          <t>{{user}} за отправку реакций во время мута вы можете быть заблокированы!</t>
+        </is>
+      </c>
+      <c r="C548" t="inlineStr">
+        <is>
+          <t>{{user}} you can be banned for sending reactions during mute!</t>
+        </is>
+      </c>
+      <c r="D548" t="inlineStr"/>
+      <c r="E548" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F548" t="inlineStr">
+        <is>
+          <t>handlers.reactions.notify</t>
+        </is>
+      </c>
+      <c r="G548" t="inlineStr"/>
+      <c r="H548" t="inlineStr"/>
+    </row>
+    <row r="549">
+      <c r="A549" t="inlineStr"/>
+      <c r="B549" t="inlineStr">
+        <is>
+          <t>реакции в муте</t>
+        </is>
+      </c>
+      <c r="C549" t="inlineStr">
+        <is>
+          <t>reactions while mute is active</t>
+        </is>
+      </c>
+      <c r="D549" t="inlineStr"/>
+      <c r="E549" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F549" t="inlineStr">
+        <is>
+          <t>handlers.reactions.reason</t>
+        </is>
+      </c>
+      <c r="G549" t="inlineStr"/>
+      <c r="H549" t="inlineStr"/>
+    </row>
+    <row r="550">
+      <c r="A550" t="inlineStr"/>
+      <c r="B550" t="inlineStr">
+        <is>
+          <t>Репутация уменьшена!</t>
+        </is>
+      </c>
+      <c r="C550" t="inlineStr">
+        <is>
+          <t>Reputation decreased!</t>
+        </is>
+      </c>
+      <c r="D550" t="inlineStr"/>
+      <c r="E550" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F550" t="inlineStr">
+        <is>
+          <t>handlers.reputation.down</t>
+        </is>
+      </c>
+      <c r="G550" t="inlineStr"/>
+      <c r="H550" t="inlineStr"/>
+    </row>
+    <row r="551">
+      <c r="A551" t="inlineStr"/>
+      <c r="B551" t="inlineStr">
+        <is>
+          <t>Репутация увеличена!</t>
+        </is>
+      </c>
+      <c r="C551" t="inlineStr">
+        <is>
+          <t>Reputation increased!</t>
+        </is>
+      </c>
+      <c r="D551" t="inlineStr"/>
+      <c r="E551" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F551" t="inlineStr">
+        <is>
+          <t>handlers.reputation.up</t>
+        </is>
+      </c>
+      <c r="G551" t="inlineStr"/>
+      <c r="H551" t="inlineStr"/>
+    </row>
+    <row r="552">
+      <c r="A552" t="inlineStr"/>
+      <c r="B552" t="inlineStr">
+        <is>
           <t>Статус пака {{name}}
 Проиндексирован: {{date}}
 {{statuses}}</t>
         </is>
       </c>
-      <c r="C506" t="inlineStr">
+      <c r="C552" t="inlineStr">
         <is>
           <t>Pack status {{name}}
 Indexed: {{date}}
 {{statuses}}</t>
         </is>
       </c>
-      <c r="D506" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F506" t="inlineStr">
+      <c r="D552" t="inlineStr"/>
+      <c r="E552" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F552" t="inlineStr">
         <is>
           <t>handlers.stickerInfo.pack</t>
         </is>
       </c>
-      <c r="G506" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B507" t="inlineStr">
+      <c r="G552" t="inlineStr"/>
+      <c r="H552" t="inlineStr"/>
+    </row>
+    <row r="553">
+      <c r="A553" t="inlineStr"/>
+      <c r="B553" t="inlineStr">
         <is>
           <t>Сообщить об ошибке</t>
         </is>
       </c>
-      <c r="C507" t="inlineStr">
+      <c r="C553" t="inlineStr">
         <is>
           <t>Report a misstake</t>
         </is>
       </c>
-      <c r="D507" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F507" t="inlineStr">
+      <c r="D553" t="inlineStr"/>
+      <c r="E553" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F553" t="inlineStr">
         <is>
           <t>handlers.stickerInfo.report</t>
         </is>
       </c>
-      <c r="G507" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B508" t="inlineStr">
+      <c r="G553" t="inlineStr"/>
+      <c r="H553" t="inlineStr"/>
+    </row>
+    <row r="554">
+      <c r="A554" t="inlineStr"/>
+      <c r="B554" t="inlineStr">
         <is>
           <t>Статус стикера: {{status}}
 Категория: {{nsfw}}</t>
         </is>
       </c>
-      <c r="C508" t="inlineStr">
+      <c r="C554" t="inlineStr">
         <is>
           <t>Sticker status: {{status}}
 Category: {{nsfw}}</t>
         </is>
       </c>
-      <c r="D508" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F508" t="inlineStr">
+      <c r="D554" t="inlineStr"/>
+      <c r="E554" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F554" t="inlineStr">
         <is>
           <t>handlers.stickerInfo.single</t>
         </is>
       </c>
-      <c r="G508" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B509" t="inlineStr">
+      <c r="G554" t="inlineStr"/>
+      <c r="H554" t="inlineStr"/>
+    </row>
+    <row r="555">
+      <c r="A555" t="inlineStr"/>
+      <c r="B555" t="inlineStr">
         <is>
           <t>Сработал триггер {{name}} в чате {{title}}: {{text}}</t>
         </is>
       </c>
-      <c r="C509" t="inlineStr">
+      <c r="C555" t="inlineStr">
         <is>
           <t>The {{name}} triggered in the {{title}} chat: {{text}}</t>
         </is>
       </c>
-      <c r="D509" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F509" t="inlineStr">
+      <c r="D555" t="inlineStr"/>
+      <c r="E555" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F555" t="inlineStr">
         <is>
           <t>handlers.trigger.got</t>
         </is>
       </c>
-      <c r="G509" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B510" t="inlineStr">
+      <c r="G555" t="inlineStr"/>
+      <c r="H555" t="inlineStr"/>
+    </row>
+    <row r="556">
+      <c r="A556" t="inlineStr"/>
+      <c r="B556" t="inlineStr">
         <is>
           <t>Чистка удалённых аккаунтов: {{progress}}%</t>
         </is>
       </c>
-      <c r="C510" t="inlineStr">
+      <c r="C556" t="inlineStr">
         <is>
           <t>Cleaning deleted accounts: {{progress}}%</t>
         </is>
       </c>
-      <c r="D510" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F510" t="inlineStr">
+      <c r="D556" t="inlineStr"/>
+      <c r="E556" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F556" t="inlineStr">
         <is>
           <t>native.clear_deleted.clearing</t>
         </is>
       </c>
-      <c r="G510" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B511" t="inlineStr">
+      <c r="G556" t="inlineStr"/>
+      <c r="H556" t="inlineStr"/>
+    </row>
+    <row r="557">
+      <c r="A557" t="inlineStr"/>
+      <c r="B557" t="inlineStr">
         <is>
           <t>Поиск удалённых аккаунтов: {{progress}}%</t>
         </is>
       </c>
-      <c r="C511" t="inlineStr">
+      <c r="C557" t="inlineStr">
         <is>
           <t>Search for deleted accounts: {{progress}}%</t>
         </is>
       </c>
-      <c r="D511" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F511" t="inlineStr">
+      <c r="D557" t="inlineStr"/>
+      <c r="E557" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F557" t="inlineStr">
         <is>
           <t>native.clear_deleted.collecting</t>
         </is>
       </c>
-      <c r="G511" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B512" t="inlineStr">
+      <c r="G557" t="inlineStr"/>
+      <c r="H557" t="inlineStr"/>
+    </row>
+    <row r="558">
+      <c r="A558" t="inlineStr"/>
+      <c r="B558" t="inlineStr">
         <is>
           <t>Чистка удалённых аккаунтов завершена!
 Удалённых аккаунтов: {{deleted}}
 Ошибок удаления со стороны Telegram: {{errors}}</t>
         </is>
       </c>
-      <c r="C512" t="inlineStr">
+      <c r="C558" t="inlineStr">
         <is>
           <t>Deleted accounts cleanup complete!
 Deleted accounts: {{deleted}}
 Deletion errors on Telegram's side: {{errors}}</t>
         </is>
       </c>
-      <c r="D512" t="inlineStr"/>
-[...1196 lines deleted...]
-      </c>
       <c r="D558" t="inlineStr"/>
       <c r="E558" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F558" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.info</t>
+          <t>native.clear_deleted.finished</t>
         </is>
       </c>
       <c r="G558" t="inlineStr"/>
       <c r="H558" t="inlineStr"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr"/>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Ограничений не добавлено!</t>
+          <t>Задача на чистку удалённых аккаунтов началась!</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
-          <t>No restrictions been added!</t>
+          <t>The task of cleaning up deleted accounts has begun!</t>
         </is>
       </c>
       <c r="D559" t="inlineStr"/>
       <c r="E559" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F559" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.no_restrictions</t>
+          <t>native.clear_deleted.started</t>
         </is>
       </c>
       <c r="G559" t="inlineStr"/>
       <c r="H559" t="inlineStr"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr"/>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Ограничение не найдено</t>
+          <t>Отправьте сообщение которое будет прикпеплено к ограничению!</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
-          <t>Command restriction not found</t>
+          <t>Send message which will attached to restriction!</t>
         </is>
       </c>
       <c r="D560" t="inlineStr"/>
       <c r="E560" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F560" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.notFound</t>
+          <t>scenes.addAttach.enter</t>
         </is>
       </c>
       <c r="G560" t="inlineStr"/>
       <c r="H560" t="inlineStr"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr"/>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Не требовать прав</t>
+          <t>Введите команду:</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
-          <t>Disable permission requirement</t>
+          <t>Enter command:</t>
         </is>
       </c>
       <c r="D561" t="inlineStr"/>
       <c r="E561" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F561" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.remove_permissions</t>
+          <t>scenes.addCommand.enterCommand</t>
         </is>
       </c>
       <c r="G561" t="inlineStr"/>
       <c r="H561" t="inlineStr"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr"/>
       <c r="B562" t="inlineStr">
         <is>
-          <t>Не требовать репутацию репортов</t>
+          <t>Токен {{name}} создан!</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
-          <t>Don't demand report reputation</t>
+          <t>Token {{name}} created!</t>
         </is>
       </c>
       <c r="D562" t="inlineStr"/>
       <c r="E562" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F562" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.remove_reports_reputation</t>
+          <t>scenes.addToken.created</t>
         </is>
       </c>
       <c r="G562" t="inlineStr"/>
       <c r="H562" t="inlineStr"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr"/>
       <c r="B563" t="inlineStr">
         <is>
-          <t>Не требовать репутацию</t>
+          <t>Введите название токена:</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
-          <t>Don't demand a reputation</t>
+          <t>Enter token name:</t>
         </is>
       </c>
       <c r="D563" t="inlineStr"/>
       <c r="E563" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F563" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.remove_reputation</t>
+          <t>scenes.addToken.enterName</t>
         </is>
       </c>
       <c r="G563" t="inlineStr"/>
       <c r="H563" t="inlineStr"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr"/>
       <c r="B564" t="inlineStr">
         <is>
-          <t>Репутация репортов:</t>
+          <t>Нецензурная лексика (русская)</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
-          <t>Reports reputation:</t>
+          <t>Sweating (russian)</t>
         </is>
       </c>
       <c r="D564" t="inlineStr"/>
       <c r="E564" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F564" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.reports_reputation</t>
+          <t>scenes.addTrigger.condition.badwordsRU</t>
         </is>
       </c>
       <c r="G564" t="inlineStr"/>
       <c r="H564" t="inlineStr"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr"/>
       <c r="B565" t="inlineStr">
         <is>
-          <t>Репутация в чате:</t>
+          <t>Команда</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
-          <t>Reputation in chat:</t>
+          <t>Command</t>
         </is>
       </c>
       <c r="D565" t="inlineStr"/>
       <c r="E565" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F565" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.reputation</t>
+          <t>scenes.addTrigger.condition.command</t>
         </is>
       </c>
       <c r="G565" t="inlineStr"/>
       <c r="H565" t="inlineStr"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr"/>
       <c r="B566" t="inlineStr">
         <is>
-          <t>Пропустить</t>
+          <t>Содержит текст</t>
         </is>
       </c>
       <c r="C566" t="inlineStr">
         <is>
-          <t>Skip</t>
+          <t>Contains text</t>
         </is>
       </c>
       <c r="D566" t="inlineStr"/>
       <c r="E566" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F566" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.skip_reports_reputation</t>
+          <t>scenes.addTrigger.condition.contains</t>
         </is>
       </c>
       <c r="G566" t="inlineStr"/>
       <c r="H566" t="inlineStr"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr"/>
       <c r="B567" t="inlineStr">
         <is>
-          <t>Пропустить</t>
+          <t>Точное совпадение</t>
         </is>
       </c>
       <c r="C567" t="inlineStr">
         <is>
-          <t>Skip</t>
+          <t>Exact match</t>
         </is>
       </c>
       <c r="D567" t="inlineStr"/>
       <c r="E567" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F567" t="inlineStr">
         <is>
-          <t>scenes.command_restrictions.skip_reputation</t>
+          <t>scenes.addTrigger.condition.match</t>
         </is>
       </c>
       <c r="G567" t="inlineStr"/>
       <c r="H567" t="inlineStr"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr"/>
       <c r="B568" t="inlineStr">
         <is>
-          <t>Введите текст ответа:</t>
+          <t>Регулярное выражение</t>
         </is>
       </c>
       <c r="C568" t="inlineStr">
         <is>
-          <t>Enter respond text:</t>
+          <t>Regular Expression</t>
         </is>
       </c>
       <c r="D568" t="inlineStr"/>
       <c r="E568" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F568" t="inlineStr">
         <is>
-          <t>scenes.commands.enterText</t>
+          <t>scenes.addTrigger.condition.regex</t>
         </is>
       </c>
       <c r="G568" t="inlineStr"/>
       <c r="H568" t="inlineStr"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr"/>
       <c r="B569" t="inlineStr">
         <is>
-          <t>Команды в чате {{title}}:</t>
+          <t>Выберите действие на триггер:</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
-          <t>Commands in chat {{title}}:</t>
+          <t>Select trigger action:</t>
         </is>
       </c>
       <c r="D569" t="inlineStr"/>
       <c r="E569" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F569" t="inlineStr">
         <is>
-          <t>scenes.commands.header</t>
+          <t>scenes.addTrigger.enterAction</t>
         </is>
       </c>
       <c r="G569" t="inlineStr"/>
       <c r="H569" t="inlineStr"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr"/>
       <c r="B570" t="inlineStr">
         <is>
-          <t>Команда не найдена!</t>
+          <t>Введите команду, на которую будет срабатывать триггер:</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
-          <t>Command not found!</t>
+          <t>Enter the command to be triggered by the trigger:</t>
         </is>
       </c>
       <c r="D570" t="inlineStr"/>
       <c r="E570" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F570" t="inlineStr">
         <is>
-          <t>scenes.commands.notFound</t>
+          <t>scenes.addTrigger.enterCommand</t>
         </is>
       </c>
       <c r="G570" t="inlineStr"/>
       <c r="H570" t="inlineStr"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr"/>
       <c r="B571" t="inlineStr">
         <is>
-          <t>Редактировать алиасы</t>
+          <t>Выберите тип условия для триггера:</t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
-          <t>Edit aliases</t>
+          <t>Select condition type for trigger:</t>
         </is>
       </c>
       <c r="D571" t="inlineStr"/>
       <c r="E571" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F571" t="inlineStr">
         <is>
-          <t>scenes.editCommand.editAliases</t>
+          <t>scenes.addTrigger.enterConditionType</t>
         </is>
       </c>
       <c r="G571" t="inlineStr"/>
       <c r="H571" t="inlineStr"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr"/>
       <c r="B572" t="inlineStr">
         <is>
-          <t>Редактировать текст</t>
+          <t>Введите текст, который должно содержать сообщение для сработки:</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
-          <t>Edit text</t>
+          <t>Enter the text that the triggering message should contain:</t>
         </is>
       </c>
       <c r="D572" t="inlineStr"/>
       <c r="E572" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F572" t="inlineStr">
         <is>
-          <t>scenes.editCommand.editText</t>
+          <t>scenes.addTrigger.enterContains</t>
         </is>
       </c>
       <c r="G572" t="inlineStr"/>
       <c r="H572" t="inlineStr"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr"/>
       <c r="B573" t="inlineStr">
         <is>
+          <t>Введите длительность ограничения:</t>
+        </is>
+      </c>
+      <c r="C573" t="inlineStr">
+        <is>
+          <t>Enter restriction duration:</t>
+        </is>
+      </c>
+      <c r="D573" t="inlineStr"/>
+      <c r="E573" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F573" t="inlineStr">
+        <is>
+          <t>scenes.addTrigger.enterDuration</t>
+        </is>
+      </c>
+      <c r="G573" t="inlineStr"/>
+      <c r="H573" t="inlineStr"/>
+    </row>
+    <row r="574">
+      <c r="A574" t="inlineStr"/>
+      <c r="B574" t="inlineStr">
+        <is>
+          <t>Введите текст сообщения для сработки:</t>
+        </is>
+      </c>
+      <c r="C574" t="inlineStr">
+        <is>
+          <t>Enter the text of the message to be triggered:</t>
+        </is>
+      </c>
+      <c r="D574" t="inlineStr"/>
+      <c r="E574" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F574" t="inlineStr">
+        <is>
+          <t>scenes.addTrigger.enterMatch</t>
+        </is>
+      </c>
+      <c r="G574" t="inlineStr"/>
+      <c r="H574" t="inlineStr"/>
+    </row>
+    <row r="575">
+      <c r="A575" t="inlineStr"/>
+      <c r="B575" t="inlineStr">
+        <is>
+          <t>Введите отправляемое сообщение:</t>
+        </is>
+      </c>
+      <c r="C575" t="inlineStr">
+        <is>
+          <t>Enter respond message:</t>
+        </is>
+      </c>
+      <c r="D575" t="inlineStr"/>
+      <c r="E575" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F575" t="inlineStr">
+        <is>
+          <t>scenes.addTrigger.enterMessage</t>
+        </is>
+      </c>
+      <c r="G575" t="inlineStr"/>
+      <c r="H575" t="inlineStr"/>
+    </row>
+    <row r="576">
+      <c r="A576" t="inlineStr"/>
+      <c r="B576" t="inlineStr">
+        <is>
+          <t>Введите название триггера:</t>
+        </is>
+      </c>
+      <c r="C576" t="inlineStr">
+        <is>
+          <t>Enter trigger name:</t>
+        </is>
+      </c>
+      <c r="D576" t="inlineStr"/>
+      <c r="E576" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F576" t="inlineStr">
+        <is>
+          <t>scenes.addTrigger.enterName</t>
+        </is>
+      </c>
+      <c r="G576" t="inlineStr"/>
+      <c r="H576" t="inlineStr"/>
+    </row>
+    <row r="577">
+      <c r="A577" t="inlineStr"/>
+      <c r="B577" t="inlineStr">
+        <is>
+          <t>Введите регулярное выражение для триггера (попробуйте на regex101.com):</t>
+        </is>
+      </c>
+      <c r="C577" t="inlineStr">
+        <is>
+          <t>Enter regex for trigger (you can try it on regex101.com):</t>
+        </is>
+      </c>
+      <c r="D577" t="inlineStr"/>
+      <c r="E577" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F577" t="inlineStr">
+        <is>
+          <t>scenes.addTrigger.enterRegex</t>
+        </is>
+      </c>
+      <c r="G577" t="inlineStr"/>
+      <c r="H577" t="inlineStr"/>
+    </row>
+    <row r="578">
+      <c r="A578" t="inlineStr"/>
+      <c r="B578" t="inlineStr">
+        <is>
+          <t>Введите количество добавляемой репутации:</t>
+        </is>
+      </c>
+      <c r="C578" t="inlineStr">
+        <is>
+          <t>Enter the amount of reputation to be added:</t>
+        </is>
+      </c>
+      <c r="D578" t="inlineStr"/>
+      <c r="E578" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F578" t="inlineStr">
+        <is>
+          <t>scenes.addTrigger.enterReputation</t>
+        </is>
+      </c>
+      <c r="G578" t="inlineStr"/>
+      <c r="H578" t="inlineStr"/>
+    </row>
+    <row r="579">
+      <c r="A579" t="inlineStr"/>
+      <c r="B579" t="inlineStr">
+        <is>
+          <t>Выбрите получателя репутации:</t>
+        </is>
+      </c>
+      <c r="C579" t="inlineStr">
+        <is>
+          <t>Select the recipient of the reputation:</t>
+        </is>
+      </c>
+      <c r="D579" t="inlineStr"/>
+      <c r="E579" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F579" t="inlineStr">
+        <is>
+          <t>scenes.addTrigger.enterReputationGetter</t>
+        </is>
+      </c>
+      <c r="G579" t="inlineStr"/>
+      <c r="H579" t="inlineStr"/>
+    </row>
+    <row r="580">
+      <c r="A580" t="inlineStr"/>
+      <c r="B580" t="inlineStr">
+        <is>
+          <t>Выберите, какой текст будет проверяться:</t>
+        </is>
+      </c>
+      <c r="C580" t="inlineStr">
+        <is>
+          <t>Select text to check:</t>
+        </is>
+      </c>
+      <c r="D580" t="inlineStr"/>
+      <c r="E580" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F580" t="inlineStr">
+        <is>
+          <t>scenes.addTrigger.enterSource</t>
+        </is>
+      </c>
+      <c r="G580" t="inlineStr"/>
+      <c r="H580" t="inlineStr"/>
+    </row>
+    <row r="581">
+      <c r="A581" t="inlineStr"/>
+      <c r="B581" t="inlineStr">
+        <is>
+          <t>Проверять изменение сообщений?</t>
+        </is>
+      </c>
+      <c r="C581" t="inlineStr">
+        <is>
+          <t>Check edited messages text?</t>
+        </is>
+      </c>
+      <c r="D581" t="inlineStr"/>
+      <c r="E581" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F581" t="inlineStr">
+        <is>
+          <t>scenes.addTrigger.enterTriggerAtEdit</t>
+        </is>
+      </c>
+      <c r="G581" t="inlineStr"/>
+      <c r="H581" t="inlineStr"/>
+    </row>
+    <row r="582">
+      <c r="A582" t="inlineStr"/>
+      <c r="B582" t="inlineStr">
+        <is>
+          <t>Пользователь получивший ответ</t>
+        </is>
+      </c>
+      <c r="C582" t="inlineStr">
+        <is>
+          <t>User receiving a reply</t>
+        </is>
+      </c>
+      <c r="D582" t="inlineStr"/>
+      <c r="E582" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F582" t="inlineStr">
+        <is>
+          <t>scenes.addTrigger.reputation.replier</t>
+        </is>
+      </c>
+      <c r="G582" t="inlineStr"/>
+      <c r="H582" t="inlineStr"/>
+    </row>
+    <row r="583">
+      <c r="A583" t="inlineStr"/>
+      <c r="B583" t="inlineStr">
+        <is>
+          <t>Отправитель сообщения</t>
+        </is>
+      </c>
+      <c r="C583" t="inlineStr">
+        <is>
+          <t>Message sender</t>
+        </is>
+      </c>
+      <c r="D583" t="inlineStr"/>
+      <c r="E583" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F583" t="inlineStr">
+        <is>
+          <t>scenes.addTrigger.reputation.sender</t>
+        </is>
+      </c>
+      <c r="G583" t="inlineStr"/>
+      <c r="H583" t="inlineStr"/>
+    </row>
+    <row r="584">
+      <c r="A584" t="inlineStr"/>
+      <c r="B584" t="inlineStr">
+        <is>
+          <t>Описание пользователя</t>
+        </is>
+      </c>
+      <c r="C584" t="inlineStr">
+        <is>
+          <t>User's bio</t>
+        </is>
+      </c>
+      <c r="D584" t="inlineStr"/>
+      <c r="E584" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F584" t="inlineStr">
+        <is>
+          <t>scenes.addTrigger.source.bio_text</t>
+        </is>
+      </c>
+      <c r="G584" t="inlineStr"/>
+      <c r="H584" t="inlineStr"/>
+    </row>
+    <row r="585">
+      <c r="A585" t="inlineStr"/>
+      <c r="B585" t="inlineStr">
+        <is>
+          <t>Название привязанного канала</t>
+        </is>
+      </c>
+      <c r="C585" t="inlineStr">
+        <is>
+          <t>Title of linked channel</t>
+        </is>
+      </c>
+      <c r="D585" t="inlineStr"/>
+      <c r="E585" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F585" t="inlineStr">
+        <is>
+          <t>scenes.addTrigger.source.linked_channel_text</t>
+        </is>
+      </c>
+      <c r="G585" t="inlineStr"/>
+      <c r="H585" t="inlineStr"/>
+    </row>
+    <row r="586">
+      <c r="A586" t="inlineStr"/>
+      <c r="B586" t="inlineStr">
+        <is>
+          <t>Текст сообщения</t>
+        </is>
+      </c>
+      <c r="C586" t="inlineStr">
+        <is>
+          <t>Message text</t>
+        </is>
+      </c>
+      <c r="D586" t="inlineStr"/>
+      <c r="E586" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F586" t="inlineStr">
+        <is>
+          <t>scenes.addTrigger.source.message_text</t>
+        </is>
+      </c>
+      <c r="G586" t="inlineStr"/>
+      <c r="H586" t="inlineStr"/>
+    </row>
+    <row r="587">
+      <c r="A587" t="inlineStr"/>
+      <c r="B587" t="inlineStr">
+        <is>
+          <t>Имя пользователя</t>
+        </is>
+      </c>
+      <c r="C587" t="inlineStr">
+        <is>
+          <t>User's name</t>
+        </is>
+      </c>
+      <c r="D587" t="inlineStr"/>
+      <c r="E587" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F587" t="inlineStr">
+        <is>
+          <t>scenes.addTrigger.source.name_text</t>
+        </is>
+      </c>
+      <c r="G587" t="inlineStr"/>
+      <c r="H587" t="inlineStr"/>
+    </row>
+    <row r="588">
+      <c r="A588" t="inlineStr"/>
+      <c r="B588" t="inlineStr">
+        <is>
+          <t>Готово!</t>
+        </is>
+      </c>
+      <c r="C588" t="inlineStr">
+        <is>
+          <t>Done!</t>
+        </is>
+      </c>
+      <c r="D588" t="inlineStr"/>
+      <c r="E588" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F588" t="inlineStr">
+        <is>
+          <t>scenes.announce.done</t>
+        </is>
+      </c>
+      <c r="G588" t="inlineStr"/>
+      <c r="H588" t="inlineStr"/>
+    </row>
+    <row r="589">
+      <c r="A589" t="inlineStr"/>
+      <c r="B589" t="inlineStr">
+        <is>
+          <t>Выберите чат используя кнопку ниже</t>
+        </is>
+      </c>
+      <c r="C589" t="inlineStr">
+        <is>
+          <t>Select chat using button bellow</t>
+        </is>
+      </c>
+      <c r="D589" t="inlineStr"/>
+      <c r="E589" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F589" t="inlineStr">
+        <is>
+          <t>scenes.announce.enter</t>
+        </is>
+      </c>
+      <c r="G589" t="inlineStr"/>
+      <c r="H589" t="inlineStr"/>
+    </row>
+    <row r="590">
+      <c r="A590" t="inlineStr"/>
+      <c r="B590" t="inlineStr">
+        <is>
+          <t>Отправьте сообщение которое будет отправлено от имени бота! Используйте /stop для завершения!</t>
+        </is>
+      </c>
+      <c r="C590" t="inlineStr">
+        <is>
+          <t>Send message which will sent from bot's name! Use /stop to stop!</t>
+        </is>
+      </c>
+      <c r="D590" t="inlineStr"/>
+      <c r="E590" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F590" t="inlineStr">
+        <is>
+          <t>scenes.announce.sendMessage</t>
+        </is>
+      </c>
+      <c r="G590" t="inlineStr"/>
+      <c r="H590" t="inlineStr"/>
+    </row>
+    <row r="591">
+      <c r="A591" t="inlineStr"/>
+      <c r="B591" t="inlineStr">
+        <is>
+          <t>Добавить требование прав</t>
+        </is>
+      </c>
+      <c r="C591" t="inlineStr">
+        <is>
+          <t>Add permission requirement</t>
+        </is>
+      </c>
+      <c r="D591" t="inlineStr"/>
+      <c r="E591" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F591" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.add_permissions</t>
+        </is>
+      </c>
+      <c r="G591" t="inlineStr"/>
+      <c r="H591" t="inlineStr"/>
+    </row>
+    <row r="592">
+      <c r="A592" t="inlineStr"/>
+      <c r="B592" t="inlineStr">
+        <is>
+          <t>Добавить требование репутации репортов</t>
+        </is>
+      </c>
+      <c r="C592" t="inlineStr">
+        <is>
+          <t>Add a report reputation requirement</t>
+        </is>
+      </c>
+      <c r="D592" t="inlineStr"/>
+      <c r="E592" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F592" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.add_reports_reputation</t>
+        </is>
+      </c>
+      <c r="G592" t="inlineStr"/>
+      <c r="H592" t="inlineStr"/>
+    </row>
+    <row r="593">
+      <c r="A593" t="inlineStr"/>
+      <c r="B593" t="inlineStr">
+        <is>
+          <t>Добавить требование репутации чата</t>
+        </is>
+      </c>
+      <c r="C593" t="inlineStr">
+        <is>
+          <t>Add a chat reputation requirement</t>
+        </is>
+      </c>
+      <c r="D593" t="inlineStr"/>
+      <c r="E593" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F593" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.add_reputation</t>
+        </is>
+      </c>
+      <c r="G593" t="inlineStr"/>
+      <c r="H593" t="inlineStr"/>
+    </row>
+    <row r="594">
+      <c r="A594" t="inlineStr"/>
+      <c r="B594" t="inlineStr">
+        <is>
+          <t>Изменить требование прав</t>
+        </is>
+      </c>
+      <c r="C594" t="inlineStr">
+        <is>
+          <t>Edit permission requirement</t>
+        </is>
+      </c>
+      <c r="D594" t="inlineStr"/>
+      <c r="E594" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F594" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.edit_permissions</t>
+        </is>
+      </c>
+      <c r="G594" t="inlineStr"/>
+      <c r="H594" t="inlineStr"/>
+    </row>
+    <row r="595">
+      <c r="A595" t="inlineStr"/>
+      <c r="B595" t="inlineStr">
+        <is>
+          <t>Изменить требование репутации репортов</t>
+        </is>
+      </c>
+      <c r="C595" t="inlineStr">
+        <is>
+          <t>Change the report reputation requirement</t>
+        </is>
+      </c>
+      <c r="D595" t="inlineStr"/>
+      <c r="E595" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F595" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.edit_reports_reputation</t>
+        </is>
+      </c>
+      <c r="G595" t="inlineStr"/>
+      <c r="H595" t="inlineStr"/>
+    </row>
+    <row r="596">
+      <c r="A596" t="inlineStr"/>
+      <c r="B596" t="inlineStr">
+        <is>
+          <t>Изменить репутацию чата</t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr">
+        <is>
+          <t>Change chat reputation</t>
+        </is>
+      </c>
+      <c r="D596" t="inlineStr"/>
+      <c r="E596" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F596" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.edit_reputation</t>
+        </is>
+      </c>
+      <c r="G596" t="inlineStr"/>
+      <c r="H596" t="inlineStr"/>
+    </row>
+    <row r="597">
+      <c r="A597" t="inlineStr"/>
+      <c r="B597" t="inlineStr">
+        <is>
+          <t>Введите команду</t>
+        </is>
+      </c>
+      <c r="C597" t="inlineStr">
+        <is>
+          <t>Enter command</t>
+        </is>
+      </c>
+      <c r="D597" t="inlineStr"/>
+      <c r="E597" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F597" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.enter_command</t>
+        </is>
+      </c>
+      <c r="G597" t="inlineStr"/>
+      <c r="H597" t="inlineStr"/>
+    </row>
+    <row r="598">
+      <c r="A598" t="inlineStr"/>
+      <c r="B598" t="inlineStr">
+        <is>
+          <t>Введите количество требуемой репутации репортов</t>
+        </is>
+      </c>
+      <c r="C598" t="inlineStr">
+        <is>
+          <t>Enter the amount of report reputation required</t>
+        </is>
+      </c>
+      <c r="D598" t="inlineStr"/>
+      <c r="E598" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F598" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.enter_new_reports_reputation</t>
+        </is>
+      </c>
+      <c r="G598" t="inlineStr"/>
+      <c r="H598" t="inlineStr"/>
+    </row>
+    <row r="599">
+      <c r="A599" t="inlineStr"/>
+      <c r="B599" t="inlineStr">
+        <is>
+          <t>Введите количество требуемой репутации</t>
+        </is>
+      </c>
+      <c r="C599" t="inlineStr">
+        <is>
+          <t>Enter the amount of reputation required</t>
+        </is>
+      </c>
+      <c r="D599" t="inlineStr"/>
+      <c r="E599" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F599" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.enter_new_reputation</t>
+        </is>
+      </c>
+      <c r="G599" t="inlineStr"/>
+      <c r="H599" t="inlineStr"/>
+    </row>
+    <row r="600">
+      <c r="A600" t="inlineStr"/>
+      <c r="B600" t="inlineStr">
+        <is>
+          <t>Укажите, кто может использовать эту команду.
+Выберите используя кнопки или отправьте приоритет до которого она будет доступна.</t>
+        </is>
+      </c>
+      <c r="C600" t="inlineStr">
+        <is>
+          <t>Specify, who can use this command.
+Select using the buttons or send the priority until which it will be available.</t>
+        </is>
+      </c>
+      <c r="D600" t="inlineStr"/>
+      <c r="E600" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F600" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.enter_permission</t>
+        </is>
+      </c>
+      <c r="G600" t="inlineStr"/>
+      <c r="H600" t="inlineStr"/>
+    </row>
+    <row r="601">
+      <c r="A601" t="inlineStr"/>
+      <c r="B601" t="inlineStr">
+        <is>
+          <t>Введите количество требуемой репутации репортов</t>
+        </is>
+      </c>
+      <c r="C601" t="inlineStr">
+        <is>
+          <t>Enter the amount of report reputation required</t>
+        </is>
+      </c>
+      <c r="D601" t="inlineStr"/>
+      <c r="E601" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F601" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.enter_reports_reputation</t>
+        </is>
+      </c>
+      <c r="G601" t="inlineStr"/>
+      <c r="H601" t="inlineStr"/>
+    </row>
+    <row r="602">
+      <c r="A602" t="inlineStr"/>
+      <c r="B602" t="inlineStr">
+        <is>
+          <t>Введите количество требуемой репутации в чате</t>
+        </is>
+      </c>
+      <c r="C602" t="inlineStr">
+        <is>
+          <t>Enter the amount of chat reputation required</t>
+        </is>
+      </c>
+      <c r="D602" t="inlineStr"/>
+      <c r="E602" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F602" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.enter_reputation</t>
+        </is>
+      </c>
+      <c r="G602" t="inlineStr"/>
+      <c r="H602" t="inlineStr"/>
+    </row>
+    <row r="603">
+      <c r="A603" t="inlineStr"/>
+      <c r="B603" t="inlineStr">
+        <is>
+          <t>Ограничения команд в чате {{title}}</t>
+        </is>
+      </c>
+      <c r="C603" t="inlineStr">
+        <is>
+          <t>Command restrictions in chat {{title}}</t>
+        </is>
+      </c>
+      <c r="D603" t="inlineStr"/>
+      <c r="E603" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F603" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.header</t>
+        </is>
+      </c>
+      <c r="G603" t="inlineStr"/>
+      <c r="H603" t="inlineStr"/>
+    </row>
+    <row r="604">
+      <c r="A604" t="inlineStr"/>
+      <c r="B604" t="inlineStr">
+        <is>
+          <t>Ограничение использования команды:</t>
+        </is>
+      </c>
+      <c r="C604" t="inlineStr">
+        <is>
+          <t>Command usage restrictions:</t>
+        </is>
+      </c>
+      <c r="D604" t="inlineStr"/>
+      <c r="E604" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F604" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.info</t>
+        </is>
+      </c>
+      <c r="G604" t="inlineStr"/>
+      <c r="H604" t="inlineStr"/>
+    </row>
+    <row r="605">
+      <c r="A605" t="inlineStr"/>
+      <c r="B605" t="inlineStr">
+        <is>
+          <t>Ограничений не добавлено!</t>
+        </is>
+      </c>
+      <c r="C605" t="inlineStr">
+        <is>
+          <t>No restrictions been added!</t>
+        </is>
+      </c>
+      <c r="D605" t="inlineStr"/>
+      <c r="E605" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F605" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.no_restrictions</t>
+        </is>
+      </c>
+      <c r="G605" t="inlineStr"/>
+      <c r="H605" t="inlineStr"/>
+    </row>
+    <row r="606">
+      <c r="A606" t="inlineStr"/>
+      <c r="B606" t="inlineStr">
+        <is>
+          <t>Ограничение не найдено</t>
+        </is>
+      </c>
+      <c r="C606" t="inlineStr">
+        <is>
+          <t>Command restriction not found</t>
+        </is>
+      </c>
+      <c r="D606" t="inlineStr"/>
+      <c r="E606" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F606" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.notFound</t>
+        </is>
+      </c>
+      <c r="G606" t="inlineStr"/>
+      <c r="H606" t="inlineStr"/>
+    </row>
+    <row r="607">
+      <c r="A607" t="inlineStr"/>
+      <c r="B607" t="inlineStr">
+        <is>
+          <t>Не требовать прав</t>
+        </is>
+      </c>
+      <c r="C607" t="inlineStr">
+        <is>
+          <t>Disable permission requirement</t>
+        </is>
+      </c>
+      <c r="D607" t="inlineStr"/>
+      <c r="E607" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F607" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.remove_permissions</t>
+        </is>
+      </c>
+      <c r="G607" t="inlineStr"/>
+      <c r="H607" t="inlineStr"/>
+    </row>
+    <row r="608">
+      <c r="A608" t="inlineStr"/>
+      <c r="B608" t="inlineStr">
+        <is>
+          <t>Не требовать репутацию репортов</t>
+        </is>
+      </c>
+      <c r="C608" t="inlineStr">
+        <is>
+          <t>Don't demand report reputation</t>
+        </is>
+      </c>
+      <c r="D608" t="inlineStr"/>
+      <c r="E608" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F608" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.remove_reports_reputation</t>
+        </is>
+      </c>
+      <c r="G608" t="inlineStr"/>
+      <c r="H608" t="inlineStr"/>
+    </row>
+    <row r="609">
+      <c r="A609" t="inlineStr"/>
+      <c r="B609" t="inlineStr">
+        <is>
+          <t>Не требовать репутацию</t>
+        </is>
+      </c>
+      <c r="C609" t="inlineStr">
+        <is>
+          <t>Don't demand a reputation</t>
+        </is>
+      </c>
+      <c r="D609" t="inlineStr"/>
+      <c r="E609" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F609" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.remove_reputation</t>
+        </is>
+      </c>
+      <c r="G609" t="inlineStr"/>
+      <c r="H609" t="inlineStr"/>
+    </row>
+    <row r="610">
+      <c r="A610" t="inlineStr"/>
+      <c r="B610" t="inlineStr">
+        <is>
+          <t>Репутация репортов:</t>
+        </is>
+      </c>
+      <c r="C610" t="inlineStr">
+        <is>
+          <t>Reports reputation:</t>
+        </is>
+      </c>
+      <c r="D610" t="inlineStr"/>
+      <c r="E610" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F610" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.reports_reputation</t>
+        </is>
+      </c>
+      <c r="G610" t="inlineStr"/>
+      <c r="H610" t="inlineStr"/>
+    </row>
+    <row r="611">
+      <c r="A611" t="inlineStr"/>
+      <c r="B611" t="inlineStr">
+        <is>
+          <t>Репутация в чате:</t>
+        </is>
+      </c>
+      <c r="C611" t="inlineStr">
+        <is>
+          <t>Reputation in chat:</t>
+        </is>
+      </c>
+      <c r="D611" t="inlineStr"/>
+      <c r="E611" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F611" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.reputation</t>
+        </is>
+      </c>
+      <c r="G611" t="inlineStr"/>
+      <c r="H611" t="inlineStr"/>
+    </row>
+    <row r="612">
+      <c r="A612" t="inlineStr"/>
+      <c r="B612" t="inlineStr">
+        <is>
+          <t>Пропустить</t>
+        </is>
+      </c>
+      <c r="C612" t="inlineStr">
+        <is>
+          <t>Skip</t>
+        </is>
+      </c>
+      <c r="D612" t="inlineStr"/>
+      <c r="E612" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F612" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.skip_reports_reputation</t>
+        </is>
+      </c>
+      <c r="G612" t="inlineStr"/>
+      <c r="H612" t="inlineStr"/>
+    </row>
+    <row r="613">
+      <c r="A613" t="inlineStr"/>
+      <c r="B613" t="inlineStr">
+        <is>
+          <t>Пропустить</t>
+        </is>
+      </c>
+      <c r="C613" t="inlineStr">
+        <is>
+          <t>Skip</t>
+        </is>
+      </c>
+      <c r="D613" t="inlineStr"/>
+      <c r="E613" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F613" t="inlineStr">
+        <is>
+          <t>scenes.command_restrictions.skip_reputation</t>
+        </is>
+      </c>
+      <c r="G613" t="inlineStr"/>
+      <c r="H613" t="inlineStr"/>
+    </row>
+    <row r="614">
+      <c r="A614" t="inlineStr"/>
+      <c r="B614" t="inlineStr">
+        <is>
+          <t>Введите текст ответа:</t>
+        </is>
+      </c>
+      <c r="C614" t="inlineStr">
+        <is>
+          <t>Enter respond text:</t>
+        </is>
+      </c>
+      <c r="D614" t="inlineStr"/>
+      <c r="E614" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F614" t="inlineStr">
+        <is>
+          <t>scenes.commands.enterText</t>
+        </is>
+      </c>
+      <c r="G614" t="inlineStr"/>
+      <c r="H614" t="inlineStr"/>
+    </row>
+    <row r="615">
+      <c r="A615" t="inlineStr"/>
+      <c r="B615" t="inlineStr">
+        <is>
+          <t>Команды в чате {{title}}:</t>
+        </is>
+      </c>
+      <c r="C615" t="inlineStr">
+        <is>
+          <t>Commands in chat {{title}}:</t>
+        </is>
+      </c>
+      <c r="D615" t="inlineStr"/>
+      <c r="E615" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F615" t="inlineStr">
+        <is>
+          <t>scenes.commands.header</t>
+        </is>
+      </c>
+      <c r="G615" t="inlineStr"/>
+      <c r="H615" t="inlineStr"/>
+    </row>
+    <row r="616">
+      <c r="A616" t="inlineStr"/>
+      <c r="B616" t="inlineStr">
+        <is>
+          <t>Команда не найдена!</t>
+        </is>
+      </c>
+      <c r="C616" t="inlineStr">
+        <is>
+          <t>Command not found!</t>
+        </is>
+      </c>
+      <c r="D616" t="inlineStr"/>
+      <c r="E616" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F616" t="inlineStr">
+        <is>
+          <t>scenes.commands.notFound</t>
+        </is>
+      </c>
+      <c r="G616" t="inlineStr"/>
+      <c r="H616" t="inlineStr"/>
+    </row>
+    <row r="617">
+      <c r="A617" t="inlineStr"/>
+      <c r="B617" t="inlineStr">
+        <is>
+          <t>Редактировать алиасы</t>
+        </is>
+      </c>
+      <c r="C617" t="inlineStr">
+        <is>
+          <t>Edit aliases</t>
+        </is>
+      </c>
+      <c r="D617" t="inlineStr"/>
+      <c r="E617" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F617" t="inlineStr">
+        <is>
+          <t>scenes.editCommand.editAliases</t>
+        </is>
+      </c>
+      <c r="G617" t="inlineStr"/>
+      <c r="H617" t="inlineStr"/>
+    </row>
+    <row r="618">
+      <c r="A618" t="inlineStr"/>
+      <c r="B618" t="inlineStr">
+        <is>
+          <t>Редактировать текст</t>
+        </is>
+      </c>
+      <c r="C618" t="inlineStr">
+        <is>
+          <t>Edit text</t>
+        </is>
+      </c>
+      <c r="D618" t="inlineStr"/>
+      <c r="E618" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F618" t="inlineStr">
+        <is>
+          <t>scenes.editCommand.editText</t>
+        </is>
+      </c>
+      <c r="G618" t="inlineStr"/>
+      <c r="H618" t="inlineStr"/>
+    </row>
+    <row r="619">
+      <c r="A619" t="inlineStr"/>
+      <c r="B619" t="inlineStr">
+        <is>
           <t>Редактирование команды - {{id}}
 Алиасы: {{aliases}}
 {{text}}</t>
         </is>
       </c>
-      <c r="C573" t="inlineStr">
+      <c r="C619" t="inlineStr">
         <is>
           <t>Editing command - {{id}}
 Aliases: {{aliases}}
 {{text}}</t>
         </is>
       </c>
-      <c r="D573" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F573" t="inlineStr">
+      <c r="D619" t="inlineStr"/>
+      <c r="E619" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F619" t="inlineStr">
         <is>
           <t>scenes.editCommand.header</t>
         </is>
       </c>
-      <c r="G573" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B574" t="inlineStr">
+      <c r="G619" t="inlineStr"/>
+      <c r="H619" t="inlineStr"/>
+    </row>
+    <row r="620">
+      <c r="A620" t="inlineStr"/>
+      <c r="B620" t="inlineStr">
         <is>
           <t>Редактирование команды - {{id}}
 Для добавления алиаса (см. прим.), отправьте его в чат.
 Прим.: алиас (от англ. "alias"-"псевдоним")-условно это просто "имя", которое ты даёшь "команде", после написания которой в чат сработает триггер и бот в ответ участнику пришлёт сообщение, которое вами было добавлено (писать БЕЗ "/" в начале, бот автоматически добавит его сам). Пример работы данного триггера: участник пишет "/расписание" и бот в ответ присылает сообщение с текстом расписания чего-либо. Вы можете назвать "команду" как угодно и также написать какой угодно текст сообщения, которое бот будет присылать в ответ.</t>
         </is>
       </c>
-      <c r="C574" t="inlineStr">
+      <c r="C620" t="inlineStr">
         <is>
           <t>Editing the command - {{id}}
 To add an alias (see note), send it to the chat.
 Note: alias ( aka “pseudonym”) - conditionally, it is simply a “name” that you give to a ‘command’, after which the trigger will be activated in the chat and the bot will send a predefined message to the participant (write WITHOUT “/” at the beginning, the bot will automatically add it itself). Example of how this trigger works: a participant writes “/schedule” and the bot responds by sending a message with the text of a schedule for something. You can name the “command” whatever you want and also write any text you want for the message that the bot will send in response.</t>
         </is>
       </c>
-      <c r="D574" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F574" t="inlineStr">
+      <c r="D620" t="inlineStr"/>
+      <c r="E620" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F620" t="inlineStr">
         <is>
           <t>scenes.editCommandAlias.header</t>
         </is>
       </c>
-      <c r="G574" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B575" t="inlineStr">
+      <c r="G620" t="inlineStr"/>
+      <c r="H620" t="inlineStr"/>
+    </row>
+    <row r="621">
+      <c r="A621" t="inlineStr"/>
+      <c r="B621" t="inlineStr">
         <is>
           <t>Редактирование причины отменено!</t>
         </is>
       </c>
-      <c r="C575" t="inlineStr">
+      <c r="C621" t="inlineStr">
         <is>
           <t>Reason editing canceled!</t>
         </is>
       </c>
-      <c r="D575" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F575" t="inlineStr">
+      <c r="D621" t="inlineStr"/>
+      <c r="E621" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F621" t="inlineStr">
         <is>
           <t>scenes.editReason.cancel</t>
         </is>
       </c>
-      <c r="G575" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B576" t="inlineStr">
+      <c r="G621" t="inlineStr"/>
+      <c r="H621" t="inlineStr"/>
+    </row>
+    <row r="622">
+      <c r="A622" t="inlineStr"/>
+      <c r="B622" t="inlineStr">
         <is>
           <t>Введите новое регулярное выражения для триггера:</t>
         </is>
       </c>
-      <c r="C576" t="inlineStr">
+      <c r="C622" t="inlineStr">
         <is>
           <t>Enter new regex for a trigger:</t>
         </is>
       </c>
-      <c r="D576" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F576" t="inlineStr">
+      <c r="D622" t="inlineStr"/>
+      <c r="E622" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F622" t="inlineStr">
         <is>
           <t>scenes.editTrigger.header</t>
         </is>
       </c>
-      <c r="G576" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B577" t="inlineStr">
+      <c r="G622" t="inlineStr"/>
+      <c r="H622" t="inlineStr"/>
+    </row>
+    <row r="623">
+      <c r="A623" t="inlineStr"/>
+      <c r="B623" t="inlineStr">
         <is>
           <t>{mention} - упоминание пользователя вызвавшего команду
 {title} - название чата
 {random_mention} - упоминание случайного пользователя
 {replied_mention} - упоминание пользователя на чьё сообщение ответили при вызове команды</t>
         </is>
       </c>
-      <c r="C577" t="inlineStr">
+      <c r="C623" t="inlineStr">
         <is>
           <t>{mention} - mentiones a user, who sent this command
 {title} - chat name
 {random_mention} - mentiones random user
 {replied_mention} - mentiones a user, who sent replied message</t>
         </is>
       </c>
-      <c r="D577" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F577" t="inlineStr">
+      <c r="D623" t="inlineStr"/>
+      <c r="E623" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F623" t="inlineStr">
         <is>
           <t>scenes.general.placeholders</t>
         </is>
       </c>
-      <c r="G577" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B578" t="inlineStr">
+      <c r="G623" t="inlineStr"/>
+      <c r="H623" t="inlineStr"/>
+    </row>
+    <row r="624">
+      <c r="A624" t="inlineStr"/>
+      <c r="B624" t="inlineStr">
         <is>
           <t>Назад</t>
         </is>
       </c>
-      <c r="C578" t="inlineStr">
+      <c r="C624" t="inlineStr">
         <is>
           <t>Back</t>
         </is>
       </c>
-      <c r="D578" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F578" t="inlineStr">
+      <c r="D624" t="inlineStr"/>
+      <c r="E624" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F624" t="inlineStr">
         <is>
           <t>scenes.links_list.back</t>
         </is>
       </c>
-      <c r="G578" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B579" t="inlineStr">
+      <c r="G624" t="inlineStr"/>
+      <c r="H624" t="inlineStr"/>
+    </row>
+    <row r="625">
+      <c r="A625" t="inlineStr"/>
+      <c r="B625" t="inlineStr">
         <is>
           <t>Длительность: {{duration}}</t>
         </is>
       </c>
-      <c r="C579" t="inlineStr">
+      <c r="C625" t="inlineStr">
         <is>
           <t>Duration: {{duration}}</t>
         </is>
       </c>
-      <c r="D579" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F579" t="inlineStr">
+      <c r="D625" t="inlineStr"/>
+      <c r="E625" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F625" t="inlineStr">
         <is>
           <t>scenes.links_list.duration</t>
         </is>
       </c>
-      <c r="G579" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B580" t="inlineStr">
+      <c r="G625" t="inlineStr"/>
+      <c r="H625" t="inlineStr"/>
+    </row>
+    <row r="626">
+      <c r="A626" t="inlineStr"/>
+      <c r="B626" t="inlineStr">
         <is>
           <t>Длительность</t>
         </is>
       </c>
-      <c r="C580" t="inlineStr">
+      <c r="C626" t="inlineStr">
         <is>
           <t>Duration</t>
         </is>
       </c>
-      <c r="D580" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F580" t="inlineStr">
+      <c r="D626" t="inlineStr"/>
+      <c r="E626" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F626" t="inlineStr">
         <is>
           <t>scenes.links_list.duration_btn</t>
         </is>
       </c>
-      <c r="G580" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B581" t="inlineStr">
+      <c r="G626" t="inlineStr"/>
+      <c r="H626" t="inlineStr"/>
+    </row>
+    <row r="627">
+      <c r="A627" t="inlineStr"/>
+      <c r="B627" t="inlineStr">
         <is>
           <t>Отправьте длительность наказания (например, 10m, 1h, 1d):</t>
         </is>
       </c>
-      <c r="C581" t="inlineStr">
+      <c r="C627" t="inlineStr">
         <is>
           <t>Send punishment duration (e.g., 10m, 1h, 1d):</t>
         </is>
       </c>
-      <c r="D581" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F581" t="inlineStr">
+      <c r="D627" t="inlineStr"/>
+      <c r="E627" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F627" t="inlineStr">
         <is>
           <t>scenes.links_list.enter_duration</t>
         </is>
       </c>
-      <c r="G581" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B582" t="inlineStr">
+      <c r="G627" t="inlineStr"/>
+      <c r="H627" t="inlineStr"/>
+    </row>
+    <row r="628">
+      <c r="A628" t="inlineStr"/>
+      <c r="B628" t="inlineStr">
         <is>
           <t>Отправьте ссылку для добавления в список:
 Домен: &lt;code&gt;example.com&lt;/code&gt;
 Страницы: &lt;code&gt;example.com/page/*&lt;/code&gt;
 Страницы с определёнными параметрами: &lt;code&gt;example.com?redirect=true&lt;/code&gt;
 Страницы с любым значением параметра: &lt;code&gt;example.com?param=*&lt;/code&gt;</t>
         </is>
       </c>
-      <c r="C582" t="inlineStr">
+      <c r="C628" t="inlineStr">
         <is>
           <t>Send link to add to list:
 Domain: &lt;code&gt;example.com&lt;/code&gt;
 Pages: &lt;code&gt;example.com/page/*&lt;/code&gt;
 Pages with specific parameters: &lt;code&gt;example.com?redirect=true&lt;/code&gt;
 Pages with any value of parameter: &lt;code&gt;example.com?param=*&lt;/code&gt;</t>
         </is>
       </c>
-      <c r="D582" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F582" t="inlineStr">
+      <c r="D628" t="inlineStr"/>
+      <c r="E628" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F628" t="inlineStr">
         <is>
           <t>scenes.links_list.enter_link</t>
         </is>
       </c>
-      <c r="G582" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B583" t="inlineStr">
+      <c r="G628" t="inlineStr"/>
+      <c r="H628" t="inlineStr"/>
+    </row>
+    <row r="629">
+      <c r="A629" t="inlineStr"/>
+      <c r="B629" t="inlineStr">
         <is>
           <t>Настройка фильтра ссылок в чате {{title}}</t>
         </is>
       </c>
-      <c r="C583" t="inlineStr">
+      <c r="C629" t="inlineStr">
         <is>
           <t>Links filter settings in chat {{title}}</t>
         </is>
       </c>
-      <c r="D583" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F583" t="inlineStr">
+      <c r="D629" t="inlineStr"/>
+      <c r="E629" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F629" t="inlineStr">
         <is>
           <t>scenes.links_list.header</t>
         </is>
       </c>
-      <c r="G583" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B584" t="inlineStr">
+      <c r="G629" t="inlineStr"/>
+      <c r="H629" t="inlineStr"/>
+    </row>
+    <row r="630">
+      <c r="A630" t="inlineStr"/>
+      <c r="B630" t="inlineStr">
         <is>
           <t>Некорректная длительность!</t>
         </is>
       </c>
-      <c r="C584" t="inlineStr">
+      <c r="C630" t="inlineStr">
         <is>
           <t>Invalid duration!</t>
         </is>
       </c>
-      <c r="D584" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F584" t="inlineStr">
+      <c r="D630" t="inlineStr"/>
+      <c r="E630" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F630" t="inlineStr">
         <is>
           <t>scenes.links_list.invalid_duration</t>
         </is>
       </c>
-      <c r="G584" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B585" t="inlineStr">
+      <c r="G630" t="inlineStr"/>
+      <c r="H630" t="inlineStr"/>
+    </row>
+    <row r="631">
+      <c r="A631" t="inlineStr"/>
+      <c r="B631" t="inlineStr">
         <is>
           <t>Некорректная ссылка!</t>
         </is>
       </c>
-      <c r="C585" t="inlineStr">
+      <c r="C631" t="inlineStr">
         <is>
           <t>Invalid link!</t>
         </is>
       </c>
-      <c r="D585" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F585" t="inlineStr">
+      <c r="D631" t="inlineStr"/>
+      <c r="E631" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F631" t="inlineStr">
         <is>
           <t>scenes.links_list.invalid_link</t>
         </is>
       </c>
-      <c r="G585" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B586" t="inlineStr">
+      <c r="G631" t="inlineStr"/>
+      <c r="H631" t="inlineStr"/>
+    </row>
+    <row r="632">
+      <c r="A632" t="inlineStr"/>
+      <c r="B632" t="inlineStr">
         <is>
           <t>Ссылка добавлена!</t>
         </is>
       </c>
-      <c r="C586" t="inlineStr">
+      <c r="C632" t="inlineStr">
         <is>
           <t>Link added!</t>
         </is>
       </c>
-      <c r="D586" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F586" t="inlineStr">
+      <c r="D632" t="inlineStr"/>
+      <c r="E632" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F632" t="inlineStr">
         <is>
           <t>scenes.links_list.link_added</t>
         </is>
       </c>
-      <c r="G586" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B587" t="inlineStr">
+      <c r="G632" t="inlineStr"/>
+      <c r="H632" t="inlineStr"/>
+    </row>
+    <row r="633">
+      <c r="A633" t="inlineStr"/>
+      <c r="B633" t="inlineStr">
         <is>
           <t>Ссылка удалена!</t>
         </is>
       </c>
-      <c r="C587" t="inlineStr">
+      <c r="C633" t="inlineStr">
         <is>
           <t>Link deleted!</t>
         </is>
       </c>
-      <c r="D587" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F587" t="inlineStr">
+      <c r="D633" t="inlineStr"/>
+      <c r="E633" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F633" t="inlineStr">
         <is>
           <t>scenes.links_list.link_deleted</t>
         </is>
       </c>
-      <c r="G587" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B588" t="inlineStr">
+      <c r="G633" t="inlineStr"/>
+      <c r="H633" t="inlineStr"/>
+    </row>
+    <row r="634">
+      <c r="A634" t="inlineStr"/>
+      <c r="B634" t="inlineStr">
         <is>
           <t>Режим: {{mode}}</t>
         </is>
       </c>
-      <c r="C588" t="inlineStr">
+      <c r="C634" t="inlineStr">
         <is>
           <t>Mode: {{mode}}</t>
         </is>
       </c>
-      <c r="D588" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F588" t="inlineStr">
+      <c r="D634" t="inlineStr"/>
+      <c r="E634" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F634" t="inlineStr">
         <is>
           <t>scenes.links_list.mode</t>
         </is>
       </c>
-      <c r="G588" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B589" t="inlineStr">
+      <c r="G634" t="inlineStr"/>
+      <c r="H634" t="inlineStr"/>
+    </row>
+    <row r="635">
+      <c r="A635" t="inlineStr"/>
+      <c r="B635" t="inlineStr">
         <is>
           <t>Черный список</t>
         </is>
       </c>
-      <c r="C589" t="inlineStr">
+      <c r="C635" t="inlineStr">
         <is>
           <t>Blacklist</t>
         </is>
       </c>
-      <c r="D589" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F589" t="inlineStr">
+      <c r="D635" t="inlineStr"/>
+      <c r="E635" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F635" t="inlineStr">
         <is>
           <t>scenes.links_list.modes.blacklist</t>
         </is>
       </c>
-      <c r="G589" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B590" t="inlineStr">
+      <c r="G635" t="inlineStr"/>
+      <c r="H635" t="inlineStr"/>
+    </row>
+    <row r="636">
+      <c r="A636" t="inlineStr"/>
+      <c r="B636" t="inlineStr">
         <is>
           <t>Выключен</t>
         </is>
       </c>
-      <c r="C590" t="inlineStr">
+      <c r="C636" t="inlineStr">
         <is>
           <t>Disabled</t>
         </is>
       </c>
-      <c r="D590" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F590" t="inlineStr">
+      <c r="D636" t="inlineStr"/>
+      <c r="E636" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F636" t="inlineStr">
         <is>
           <t>scenes.links_list.modes.disabled</t>
         </is>
       </c>
-      <c r="G590" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B591" t="inlineStr">
+      <c r="G636" t="inlineStr"/>
+      <c r="H636" t="inlineStr"/>
+    </row>
+    <row r="637">
+      <c r="A637" t="inlineStr"/>
+      <c r="B637" t="inlineStr">
         <is>
           <t>Белый список</t>
         </is>
       </c>
-      <c r="C591" t="inlineStr">
+      <c r="C637" t="inlineStr">
         <is>
           <t>Whitelist</t>
         </is>
       </c>
-      <c r="D591" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F591" t="inlineStr">
+      <c r="D637" t="inlineStr"/>
+      <c r="E637" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F637" t="inlineStr">
         <is>
           <t>scenes.links_list.modes.whitelist</t>
         </is>
       </c>
-      <c r="G591" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B592" t="inlineStr">
+      <c r="G637" t="inlineStr"/>
+      <c r="H637" t="inlineStr"/>
+    </row>
+    <row r="638">
+      <c r="A638" t="inlineStr"/>
+      <c r="B638" t="inlineStr">
         <is>
           <t>Список ссылок пуст</t>
         </is>
       </c>
-      <c r="C592" t="inlineStr">
+      <c r="C638" t="inlineStr">
         <is>
           <t>Links list is empty</t>
         </is>
       </c>
-      <c r="D592" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F592" t="inlineStr">
+      <c r="D638" t="inlineStr"/>
+      <c r="E638" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F638" t="inlineStr">
         <is>
           <t>scenes.links_list.no_links</t>
         </is>
       </c>
-      <c r="G592" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B593" t="inlineStr">
+      <c r="G638" t="inlineStr"/>
+      <c r="H638" t="inlineStr"/>
+    </row>
+    <row r="639">
+      <c r="A639" t="inlineStr"/>
+      <c r="B639" t="inlineStr">
         <is>
           <t>Наказание: {{restriction}}</t>
         </is>
       </c>
-      <c r="C593" t="inlineStr">
+      <c r="C639" t="inlineStr">
         <is>
           <t>Punishment: {{restriction}}</t>
         </is>
       </c>
-      <c r="D593" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F593" t="inlineStr">
+      <c r="D639" t="inlineStr"/>
+      <c r="E639" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F639" t="inlineStr">
         <is>
           <t>scenes.links_list.restriction</t>
         </is>
       </c>
-      <c r="G593" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B594" t="inlineStr">
+      <c r="G639" t="inlineStr"/>
+      <c r="H639" t="inlineStr"/>
+    </row>
+    <row r="640">
+      <c r="A640" t="inlineStr"/>
+      <c r="B640" t="inlineStr">
         <is>
           <t>Режим массового действия завершён!</t>
         </is>
       </c>
-      <c r="C594" t="inlineStr">
+      <c r="C640" t="inlineStr">
         <is>
           <t>Mass action mode finished!</t>
         </is>
       </c>
-      <c r="D594" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F594" t="inlineStr">
+      <c r="D640" t="inlineStr"/>
+      <c r="E640" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F640" t="inlineStr">
         <is>
           <t>scenes.mass.done</t>
         </is>
       </c>
-      <c r="G594" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B595" t="inlineStr">
+      <c r="G640" t="inlineStr"/>
+      <c r="H640" t="inlineStr"/>
+    </row>
+    <row r="641">
+      <c r="A641" t="inlineStr"/>
+      <c r="B641" t="inlineStr">
         <is>
           <t>Я не смог установить реакцию 👎 и выдать ограничение.</t>
         </is>
       </c>
-      <c r="C595" t="inlineStr">
+      <c r="C641" t="inlineStr">
         <is>
           <t>I couldn't set 👎 reaction and issue a restriction.</t>
         </is>
       </c>
-      <c r="D595" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F595" t="inlineStr">
+      <c r="D641" t="inlineStr"/>
+      <c r="E641" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F641" t="inlineStr">
         <is>
           <t>scenes.mass.failed</t>
         </is>
       </c>
-      <c r="G595" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B596" t="inlineStr">
+      <c r="G641" t="inlineStr"/>
+      <c r="H641" t="inlineStr"/>
+    </row>
+    <row r="642">
+      <c r="A642" t="inlineStr"/>
+      <c r="B642" t="inlineStr">
         <is>
           <t xml:space="preserve">Действие: </t>
         </is>
       </c>
-      <c r="C596" t="inlineStr">
+      <c r="C642" t="inlineStr">
         <is>
           <t xml:space="preserve">Action: </t>
         </is>
       </c>
-      <c r="D596" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F596" t="inlineStr">
+      <c r="D642" t="inlineStr"/>
+      <c r="E642" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F642" t="inlineStr">
         <is>
           <t>scenes.mass.intro.action</t>
         </is>
       </c>
-      <c r="G596" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B597" t="inlineStr">
+      <c r="G642" t="inlineStr"/>
+      <c r="H642" t="inlineStr"/>
+    </row>
+    <row r="643">
+      <c r="A643" t="inlineStr"/>
+      <c r="B643" t="inlineStr">
         <is>
           <t>Для завершения используйте команду /stop</t>
         </is>
       </c>
-      <c r="C597" t="inlineStr">
+      <c r="C643" t="inlineStr">
         <is>
           <t>To stop, use command /stop</t>
         </is>
       </c>
-      <c r="D597" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F597" t="inlineStr">
+      <c r="D643" t="inlineStr"/>
+      <c r="E643" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F643" t="inlineStr">
         <is>
           <t>scenes.mass.intro.footer</t>
         </is>
       </c>
-      <c r="G597" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B598" t="inlineStr">
+      <c r="G643" t="inlineStr"/>
+      <c r="H643" t="inlineStr"/>
+    </row>
+    <row r="644">
+      <c r="A644" t="inlineStr"/>
+      <c r="B644" t="inlineStr">
         <is>
           <t>Включён режим массового действия, для всех отправленных далее пользователей будет применено:</t>
         </is>
       </c>
-      <c r="C598" t="inlineStr">
+      <c r="C644" t="inlineStr">
         <is>
           <t>Mass action mode enabled, this action will be used at all sent users:</t>
         </is>
       </c>
-      <c r="D598" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F598" t="inlineStr">
+      <c r="D644" t="inlineStr"/>
+      <c r="E644" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F644" t="inlineStr">
         <is>
           <t>scenes.mass.intro.header</t>
         </is>
       </c>
-      <c r="G598" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B599" t="inlineStr">
+      <c r="G644" t="inlineStr"/>
+      <c r="H644" t="inlineStr"/>
+    </row>
+    <row r="645">
+      <c r="A645" t="inlineStr"/>
+      <c r="B645" t="inlineStr">
         <is>
           <t xml:space="preserve">Длительность: </t>
         </is>
       </c>
-      <c r="C599" t="inlineStr">
+      <c r="C645" t="inlineStr">
         <is>
           <t xml:space="preserve">Duration: </t>
         </is>
       </c>
-      <c r="D599" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F599" t="inlineStr">
+      <c r="D645" t="inlineStr"/>
+      <c r="E645" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F645" t="inlineStr">
         <is>
           <t>scenes.mass.intro.interval</t>
         </is>
       </c>
-      <c r="G599" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B600" t="inlineStr">
+      <c r="G645" t="inlineStr"/>
+      <c r="H645" t="inlineStr"/>
+    </row>
+    <row r="646">
+      <c r="A646" t="inlineStr"/>
+      <c r="B646" t="inlineStr">
         <is>
           <t xml:space="preserve">Причина: </t>
         </is>
       </c>
-      <c r="C600" t="inlineStr">
+      <c r="C646" t="inlineStr">
         <is>
           <t xml:space="preserve">Reason: </t>
         </is>
       </c>
-      <c r="D600" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F600" t="inlineStr">
+      <c r="D646" t="inlineStr"/>
+      <c r="E646" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F646" t="inlineStr">
         <is>
           <t>scenes.mass.intro.reason</t>
         </is>
       </c>
-      <c r="G600" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B601" t="inlineStr">
+      <c r="G646" t="inlineStr"/>
+      <c r="H646" t="inlineStr"/>
+    </row>
+    <row r="647">
+      <c r="A647" t="inlineStr"/>
+      <c r="B647" t="inlineStr">
         <is>
           <t>Некорректное действие, доступны: ban, mute, warn и note!</t>
         </is>
       </c>
-      <c r="C601" t="inlineStr">
+      <c r="C647" t="inlineStr">
         <is>
           <t>Incorrect action, avaliable: ban, mute, warn and note!</t>
         </is>
       </c>
-      <c r="D601" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F601" t="inlineStr">
+      <c r="D647" t="inlineStr"/>
+      <c r="E647" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F647" t="inlineStr">
         <is>
           <t>scenes.mass.invalidAction</t>
         </is>
       </c>
-      <c r="G601" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B602" t="inlineStr">
+      <c r="G647" t="inlineStr"/>
+      <c r="H647" t="inlineStr"/>
+    </row>
+    <row r="648">
+      <c r="A648" t="inlineStr"/>
+      <c r="B648" t="inlineStr">
         <is>
           <t>Я не смог установить реакцию 👍, но всё хорошо, ограничение выдано.</t>
         </is>
       </c>
-      <c r="C602" t="inlineStr">
+      <c r="C648" t="inlineStr">
         <is>
           <t>I couldn't set 👍 reaction, but all okay, the restriction has been issued.</t>
         </is>
       </c>
-      <c r="D602" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F602" t="inlineStr">
+      <c r="D648" t="inlineStr"/>
+      <c r="E648" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F648" t="inlineStr">
         <is>
           <t>scenes.mass.ok</t>
         </is>
       </c>
-      <c r="G602" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B603" t="inlineStr">
+      <c r="G648" t="inlineStr"/>
+      <c r="H648" t="inlineStr"/>
+    </row>
+    <row r="649">
+      <c r="A649" t="inlineStr"/>
+      <c r="B649" t="inlineStr">
         <is>
           <t>Токены в чате {{title}}</t>
         </is>
       </c>
-      <c r="C603" t="inlineStr">
+      <c r="C649" t="inlineStr">
         <is>
           <t>Tokens in chat {{title}}</t>
         </is>
       </c>
-      <c r="D603" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F603" t="inlineStr">
+      <c r="D649" t="inlineStr"/>
+      <c r="E649" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F649" t="inlineStr">
         <is>
           <t>scenes.tokens.header</t>
         </is>
       </c>
-      <c r="G603" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B604" t="inlineStr">
+      <c r="G649" t="inlineStr"/>
+      <c r="H649" t="inlineStr"/>
+    </row>
+    <row r="650">
+      <c r="A650" t="inlineStr"/>
+      <c r="B650" t="inlineStr">
         <is>
           <t>Токен не найден!</t>
         </is>
       </c>
-      <c r="C604" t="inlineStr">
+      <c r="C650" t="inlineStr">
         <is>
           <t>Token not found!</t>
         </is>
       </c>
-      <c r="D604" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F604" t="inlineStr">
+      <c r="D650" t="inlineStr"/>
+      <c r="E650" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F650" t="inlineStr">
         <is>
           <t>scenes.tokens.notFound</t>
         </is>
       </c>
-      <c r="G604" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B605" t="inlineStr">
+      <c r="G650" t="inlineStr"/>
+      <c r="H650" t="inlineStr"/>
+    </row>
+    <row r="651">
+      <c r="A651" t="inlineStr"/>
+      <c r="B651" t="inlineStr">
         <is>
           <t>Триггер не найден!</t>
         </is>
       </c>
-      <c r="C605" t="inlineStr">
+      <c r="C651" t="inlineStr">
         <is>
           <t>Trigger not found!</t>
         </is>
       </c>
-      <c r="D605" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F605" t="inlineStr">
+      <c r="D651" t="inlineStr"/>
+      <c r="E651" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F651" t="inlineStr">
         <is>
           <t>scenes.trigger.notFound</t>
         </is>
       </c>
-      <c r="G605" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B606" t="inlineStr">
+      <c r="G651" t="inlineStr"/>
+      <c r="H651" t="inlineStr"/>
+    </row>
+    <row r="652">
+      <c r="A652" t="inlineStr"/>
+      <c r="B652" t="inlineStr">
         <is>
           <t>Редактировать действие</t>
         </is>
       </c>
-      <c r="C606" t="inlineStr">
+      <c r="C652" t="inlineStr">
         <is>
           <t>Edit action</t>
         </is>
       </c>
-      <c r="D606" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F606" t="inlineStr">
+      <c r="D652" t="inlineStr"/>
+      <c r="E652" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F652" t="inlineStr">
         <is>
           <t>scenes.triggers.editAction</t>
         </is>
       </c>
-      <c r="G606" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B607" t="inlineStr">
+      <c r="G652" t="inlineStr"/>
+      <c r="H652" t="inlineStr"/>
+    </row>
+    <row r="653">
+      <c r="A653" t="inlineStr"/>
+      <c r="B653" t="inlineStr">
         <is>
           <t>Редактировать условие сработки</t>
         </is>
       </c>
-      <c r="C607" t="inlineStr">
+      <c r="C653" t="inlineStr">
         <is>
           <t>Edit trigger condition</t>
         </is>
       </c>
-      <c r="D607" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F607" t="inlineStr">
+      <c r="D653" t="inlineStr"/>
+      <c r="E653" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F653" t="inlineStr">
         <is>
           <t>scenes.triggers.editCondition</t>
         </is>
       </c>
-      <c r="G607" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B608" t="inlineStr">
+      <c r="G653" t="inlineStr"/>
+      <c r="H653" t="inlineStr"/>
+    </row>
+    <row r="654">
+      <c r="A654" t="inlineStr"/>
+      <c r="B654" t="inlineStr">
         <is>
           <t>Редактировать источник текста</t>
         </is>
       </c>
-      <c r="C608" t="inlineStr">
+      <c r="C654" t="inlineStr">
         <is>
           <t>Edit text source</t>
         </is>
       </c>
-      <c r="D608" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F608" t="inlineStr">
+      <c r="D654" t="inlineStr"/>
+      <c r="E654" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F654" t="inlineStr">
         <is>
           <t>scenes.triggers.editSource</t>
         </is>
       </c>
-      <c r="G608" t="inlineStr"/>
-[...4 lines deleted...]
-      <c r="B609" t="inlineStr">
+      <c r="G654" t="inlineStr"/>
+      <c r="H654" t="inlineStr"/>
+    </row>
+    <row r="655">
+      <c r="A655" t="inlineStr"/>
+      <c r="B655" t="inlineStr">
         <is>
           <t>Триггеры в чате {{title}}</t>
         </is>
       </c>
-      <c r="C609" t="inlineStr">
+      <c r="C655" t="inlineStr">
         <is>
           <t>Triggers in chat {{title}}</t>
         </is>
       </c>
-      <c r="D609" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="F609" t="inlineStr">
+      <c r="D655" t="inlineStr"/>
+      <c r="E655" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F655" t="inlineStr">
         <is>
           <t>scenes.triggers.header</t>
         </is>
       </c>
-      <c r="G609" t="inlineStr"/>
-      <c r="H609" t="inlineStr"/>
+      <c r="G655" t="inlineStr"/>
+      <c r="H655" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>