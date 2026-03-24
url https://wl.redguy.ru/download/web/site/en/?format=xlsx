--- v0 (2025-12-16)
+++ v1 (2026-03-24)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H204"/>
+  <dimension ref="A1:H119"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -464,5318 +464,3108 @@
       <c r="E1" t="inlineStr">
         <is>
           <t>fuzzy</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>context</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>translator_comments</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>developer_comments</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr"/>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Для связи</t>
+          <t>Перейти</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Contact me at</t>
+          <t>Go</t>
         </is>
       </c>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>components.about.contact</t>
+          <t>components.appcard.go</t>
         </is>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr"/>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Описание</t>
+          <t>Войти</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Description</t>
+          <t>Login</t>
         </is>
       </c>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>components.about.description</t>
+          <t>components.nav.login</t>
         </is>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr"/>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Участвую в разработке</t>
+          <t>Выйти</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Participating in the development</t>
+          <t>Logout</t>
         </is>
       </c>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>components.about.engageProjects</t>
+          <t>components.nav.logout</t>
         </is>
       </c>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr"/>
       <c r="B5" t="inlineStr">
         <is>
-          <t>За сегодня</t>
+          <t>Главная</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>For today</t>
+          <t>Home</t>
         </is>
       </c>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>components.about.forToday</t>
+          <t>components.nav.main</t>
         </is>
       </c>
       <c r="G5" t="inlineStr"/>
       <c r="H5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr"/>
       <c r="B6" t="inlineStr">
         <is>
-          <t>За неделю</t>
+          <t>Назад</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>For week</t>
+          <t>Back</t>
         </is>
       </c>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>components.about.forWeek</t>
+          <t>general.back</t>
         </is>
       </c>
       <c r="G6" t="inlineStr"/>
       <c r="H6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Привет, мир!</t>
+          <t>Отмена</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>Hello, World!</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="D7" t="inlineStr"/>
       <c r="E7" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>components.about.helloWorld</t>
+          <t>general.cancel</t>
         </is>
       </c>
       <c r="G7" t="inlineStr"/>
       <c r="H7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Программист, соавтор</t>
+          <t>Закрыть</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Programmer, co-author</t>
+          <t>Close</t>
         </is>
       </c>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>components.about.j-position.flame</t>
+          <t>general.close</t>
         </is>
       </c>
       <c r="G8" t="inlineStr"/>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Управляющий, технический администратор</t>
+          <t>Создать</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>Manager, Tech. admin</t>
+          <t>Create</t>
         </is>
       </c>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>components.about.j-position.hil</t>
+          <t>general.create</t>
         </is>
       </c>
       <c r="G9" t="inlineStr"/>
       <c r="H9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Программист</t>
+          <t>Отправить</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Programmer</t>
+          <t>Send</t>
         </is>
       </c>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>components.about.j-position.programmer</t>
+          <t>general.send</t>
         </is>
       </c>
       <c r="G10" t="inlineStr"/>
       <c r="H10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Тестовая библиотека для создания и проигрывания ascii анимаций</t>
+          <t>ID приложения</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>Test library for creating and playing ascii animations</t>
+          <t>App ID</t>
         </is>
       </c>
       <c r="D11" t="inlineStr"/>
       <c r="E11" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>components.about.l-desc.animatext</t>
+          <t>page.dev.appId</t>
         </is>
       </c>
       <c r="G11" t="inlineStr"/>
       <c r="H11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Враппер позволяющий работать с большинством API методов hil.su</t>
+          <t>Название приложения</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>A wrapper that allows you to use most API methods from hil.su</t>
+          <t>App name</t>
         </is>
       </c>
       <c r="D12" t="inlineStr"/>
       <c r="E12" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>components.about.l-desc.hilsuapi</t>
+          <t>page.dev.appName</t>
         </is>
       </c>
       <c r="G12" t="inlineStr"/>
       <c r="H12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Враппер для работы с API redguy.ru</t>
+          <t>Приватный токен приложения</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Wrapper for interacting with the API redguy.ru</t>
+          <t>App secret</t>
         </is>
       </c>
       <c r="D13" t="inlineStr"/>
       <c r="E13" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>components.about.l-desc.java-redguy-api</t>
+          <t>page.dev.appSecret</t>
         </is>
       </c>
       <c r="G13" t="inlineStr"/>
       <c r="H13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Веб-сервер на Java без зависимостей</t>
+          <t>Создать приложение</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Java web server without dependencies</t>
+          <t>Create app</t>
         </is>
       </c>
       <c r="D14" t="inlineStr"/>
       <c r="E14" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>components.about.l-desc.jrweb</t>
+          <t>page.dev.createApp</t>
         </is>
       </c>
       <c r="G14" t="inlineStr"/>
       <c r="H14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Враппер для работы с uptimekuma</t>
+          <t>Приложение создано</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Wrapper for interacting with uptimekuma</t>
+          <t>App has been created</t>
         </is>
       </c>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>components.about.l-desc.kuma</t>
+          <t>page.dev.createdApp</t>
         </is>
       </c>
       <c r="G15" t="inlineStr"/>
       <c r="H15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr"/>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Враппер для работы с API redguy.ru</t>
+          <t>Удалить</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>Wrapper for interacting with the API redguy.ru</t>
+          <t>Delete</t>
         </is>
       </c>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>components.about.l-desc.node-redguy-api</t>
+          <t>page.dev.delete</t>
         </is>
       </c>
       <c r="G16" t="inlineStr"/>
       <c r="H16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr"/>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Библиотека для кеширования</t>
+          <t>Удалить приложение</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Caching library</t>
+          <t>Delete app</t>
         </is>
       </c>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>components.about.l-desc.rgcache</t>
+          <t>page.dev.deleteApp</t>
         </is>
       </c>
       <c r="G17" t="inlineStr"/>
       <c r="H17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr"/>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Аппендер для log4js позволяющий записывать логи в yandex logging</t>
+          <t>Выпустить токен</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>An appender for log4js that allows you to record logs in yandex logging</t>
+          <t>Issue token</t>
         </is>
       </c>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>components.about.l-desc.yclogs</t>
+          <t>page.dev.issueToken</t>
         </is>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr"/>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Язык</t>
+          <t>Выпущенные токены:</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Language</t>
+          <t>Issued tokens:</t>
         </is>
       </c>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>components.about.lang</t>
+          <t>page.dev.issuedTokens</t>
         </is>
       </c>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr"/>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Мои библиотеки</t>
+          <t>Выпуск токена</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>My libraries</t>
+          <t>Issuing token</t>
         </is>
       </c>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>components.about.myLibs</t>
+          <t>page.dev.issuingToken</t>
         </is>
       </c>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr"/>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Название</t>
+          <t>Права</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>Name</t>
+          <t>Permissions</t>
         </is>
       </c>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>components.about.name</t>
+          <t>page.dev.permissions</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr"/>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Бот модератор для телеграм чатов</t>
+          <t>Запросов за день: {ldr}</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Bot moderator for telegram chats</t>
+          <t>Requests per day: {ldr}</t>
         </is>
       </c>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>components.about.p-desc.guard</t>
+          <t>page.dev.requestsPerDay</t>
         </is>
       </c>
       <c r="G22" t="inlineStr"/>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr"/>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Телеграм бот для фестиваля "ПроПрофессии и ПроВозможности"</t>
+          <t>Запросов за месяц: {lmr}</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Telegram bot for festival "ProProfessionals and ProPossibilities"</t>
+          <t>Requests per month: {lmr}</t>
         </is>
       </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>components.about.p-desc.mcrpo</t>
+          <t>page.dev.requestsPerMouth</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr"/>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Телеграм бот для транскрипции голосовых сообщений</t>
+          <t>Токен отображается в первый и последний раз, сохраните его в надёжном месте!</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>Telegram bot for voice messages transcription</t>
+          <t>Token showed only once, save it!</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>components.about.p-desc.pwvoice</t>
+          <t>page.dev.saveToken</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr"/>
       <c r="B25" t="inlineStr">
         <is>
-          <t>ТГ интерфейс для school.mos.ru</t>
+          <t>Токен выпущен</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>TG and VK interface for school.mos.ru</t>
+          <t>Token issued</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>components.about.p-desc.rdnevnik</t>
+          <t>page.dev.tokenIssued</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr"/>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Бот голосований для вашего discord сервера</t>
+          <t>Название токена</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Voting bot for your discord server</t>
+          <t>Token name</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>components.about.p-desc.votty</t>
+          <t>page.dev.tokenName</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr"/>
       <c r="B27" t="inlineStr">
         <is>
-          <t>HTTP API для вашего сервера Minecraft</t>
+          <t>Список моих сервисов.</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>HTTP API for your Minecraft server</t>
+          <t>List of my services.</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>components.about.p-desc.webinfo</t>
+          <t>page.hub.description</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr"/>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Должность</t>
+          <t>Sleepless - Хаб</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Position</t>
+          <t>Sleepless - Hub</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>components.about.position</t>
+          <t>page.hub.title</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr"/>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Проекты</t>
+          <t>Привет! Меня зовут Илья, я Java и Node.js программист с более чем 6-летним опытом.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>Projects</t>
+          <t>Welcome! My name is Ilya, I'm a Java and Node.js developer with more than 6 years of experience.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>components.about.projects</t>
+          <t>page.index.about</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr"/>
       <c r="B30" t="inlineStr">
         <is>
-          <t>{todayH} часов {todayM} минут я провёл за разработкой сегодня и {forWeekH} часов {forWeekM} минут за эту неделю.</t>
+          <t xml:space="preserve">Вы можете связаться со мной через: </t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>{todayH} hours {todayM} minutes I spent developing today and {weekH} hours {weekM} over the last 7 days.</t>
+          <t xml:space="preserve">You can contact with me using: </t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>components.about.since.detail</t>
+          <t>page.index.contact</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr"/>
       <c r="B31" t="inlineStr">
         <is>
-          <t>С 12 апреля 2021 года я программирую на протяжении более чем {hours} часов.</t>
+          <t xml:space="preserve">Или через бота: </t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>Since April 12 2021 I have been coding for {hours} hours.</t>
+          <t xml:space="preserve">Also with telegram bot: </t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>components.about.since.total</t>
+          <t>page.index.contact2</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr"/>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Меня зовут {name}, уже много лет я интересуюсь и развиваюсь в IT сфере.{br} Сейчас я в основном работаю на {java} и {javascript}.{br} Чуть ниже вы можете найти список некоторых моих разработок, а если тыкните {hub}, то сможете и попробовать их сами.</t>
+          <t>Дашборды статистики</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>My name is {name}, I have been interested and growing in the IT sphere for many years. {br} Now I mainly work on {java} and {javascript}. {br} Just below you can find a list of some of my developments, and if you click {hub}, you can try it yourself.</t>
+          <t>Stats dashboards</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>components.about.story</t>
+          <t>page.index.dashboards</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr"/>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Технологии</t>
+          <t>Я специализируюсь на создании Telegram ботов и бэк-энд решений для самых разных проектов. За годы работы успел посотрудничать с Московским центром развития профессионального образования, Колледжем связи №54, StoryTelling team и десятками индивидуальных заказчиков. Я всегда открыт для новых идей и готов помочь воплотить ваш проект в жизнь!</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Technologies</t>
+          <t>I specialize in creating Telegram bots and back-end solutions for various projects. Over the years I have managed to cooperate with the Moscow Center for the Development of Professional Education, College of Communications №54, StoryTelling team and dozens of individual customers. I'm always open to new ideas and ready to help bring your project to life!</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>components.about.tech</t>
+          <t>page.index.experience</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr"/>
       <c r="B34" t="inlineStr">
         <is>
-          <t>сегодня</t>
+          <t>Имперский стражник</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>today</t>
+          <t>Imperium Guard</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>components.about.today</t>
+          <t>page.index.guard</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr"/>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Тип</t>
+          <t>Подпольный транскриптор</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>Type</t>
+          <t>Underground transcriber</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>components.about.type</t>
+          <t>page.index.voice</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr"/>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Даты работы</t>
+          <t>Авторизация на RedGuy.ru</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>Dates of work</t>
+          <t>Auth of redguy.ru</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>components.about.workDates</t>
+          <t>page.login.description</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr"/>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Перейти</t>
+          <t>Ваш email не подтвержден</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>Go</t>
+          <t>Your email is not confirmed</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>components.appcard.go</t>
+          <t>page.login.emailNotConfirmed</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr"/>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Войти</t>
+          <t>Логин или пароль не верны</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>Login</t>
+          <t>Login or password is incorrect</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>components.nav.login</t>
+          <t>page.login.error</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr"/>
       <c r="B39" t="inlineStr">
         <is>
-          <t>Выйти</t>
+          <t>Двухфакторная авторизация</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>Logout</t>
+          <t>2FA code</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>components.nav.logout</t>
+          <t>page.login.tfa</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr"/>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Главная</t>
+          <t>Авторизация на RedGuy.ru</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>Home</t>
+          <t>Log in at RedGuy.ru</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>components.nav.main</t>
+          <t>page.login.title</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr"/>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Активен</t>
+          <t>Создать сервис</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>Active</t>
+          <t>Create a service</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>components.project.active</t>
+          <t>page.logs.createService</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr"/>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Завершён</t>
+          <t>Уровень</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>Finished</t>
+          <t>Level</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>components.project.end</t>
+          <t>page.logs.level</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr"/>
       <c r="B43" t="inlineStr">
         <is>
-          <t>Заморожен</t>
+          <t>Загрузить ещё</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>Frozen</t>
+          <t>Load more</t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>components.project.frozen</t>
+          <t>page.logs.loadMore</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr"/>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Проекты -&gt; {name}</t>
+          <t>Сообщение</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>Projects -&gt; {name}</t>
+          <t>Message</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>components.project.title</t>
+          <t>page.logs.message</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr"/>
       <c r="B45" t="inlineStr">
         <is>
-          <t>Общее время разработки с 12 апреля 2021</t>
+          <t>Дополнительные данные</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>Total time coded since Apr 12 2021</t>
+          <t>Payload</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>components.stats.total</t>
+          <t>page.logs.payload</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr"/>
       <c r="B46" t="inlineStr">
         <is>
-          <t>Использую и изучаю</t>
+          <t>Источник</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>Using and learning</t>
+          <t>Service</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>components.tech.useAndLearn</t>
+          <t>page.logs.service</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr"/>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Люблю и использую</t>
+          <t>Название сервиса</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>I love and use</t>
+          <t>Service name</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>components.tools.loveAndUse</t>
+          <t>page.logs.serviceName</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr"/>
       <c r="B48" t="inlineStr">
         <is>
-          <t>Назад</t>
+          <t>Время</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>Back</t>
+          <t>Time</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>general.back</t>
+          <t>page.logs.time</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr"/>
       <c r="B49" t="inlineStr">
         <is>
-          <t>Отмена</t>
+          <t>Получить доступ к вашему email адресу</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>Access to your email</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>general.cancel</t>
+          <t>page.oauth.authorize.access.email</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr"/>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Закрыть</t>
+          <t>Получить доступ к вашему id и никнейму</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>Close</t>
+          <t>Access to your nickname and id</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>general.close</t>
+          <t>page.oauth.authorize.access.nickname</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr"/>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Создать</t>
+          <t>Разрешить</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>Create</t>
+          <t>Allow</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>general.create</t>
+          <t>page.oauth.authorize.allow</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr"/>
       <c r="B52" t="inlineStr">
         <is>
-          <t>Илья</t>
+          <t>Приложение {app}</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>Ilya</t>
+          <t>App {app}</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>general.ilya</t>
+          <t>page.oauth.authorize.app</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr"/>
       <c r="B53" t="inlineStr">
         <is>
-          <t>Отправить</t>
+          <t>Отмена</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>Send</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>general.send</t>
+          <t>page.oauth.authorize.cancel</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr"/>
       <c r="B54" t="inlineStr">
         <is>
-          <t>Отправлено</t>
+          <t>хочет получить доступ к вашему аккаунту</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>Sent</t>
+          <t>requests access to your account</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>general.sent</t>
+          <t>page.oauth.authorize.requestsAccess</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr"/>
       <c r="B55" t="inlineStr">
         <is>
-          <t>ID приложения</t>
+          <t>Это позволит приложению:</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>App ID</t>
+          <t>It will allow app to:</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>page.dev.appId</t>
+          <t>page.oauth.authorize.willAllow</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr"/>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Название приложения</t>
+          <t>Регистрация на RedGuy.ru</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>App name</t>
+          <t>Register on redguy.ru</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>page.dev.appName</t>
+          <t>page.register.description</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr"/>
       <c r="B57" t="inlineStr">
         <is>
-          <t>Приватный токен приложения</t>
+          <t>Email</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>App secret</t>
+          <t>Email</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>page.dev.appSecret</t>
+          <t>page.register.email</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr"/>
       <c r="B58" t="inlineStr">
         <is>
-          <t>Создать приложение</t>
+          <t>Введена не корректная почта</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>Create app</t>
+          <t>Email is not valid</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>page.dev.createApp</t>
+          <t>page.register.emailError</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr"/>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Приложение создано</t>
+          <t>Почта уже занята</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>App has been created</t>
+          <t>Email already exists</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>page.dev.createdApp</t>
+          <t>page.register.emailExists</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr"/>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Удалить</t>
+          <t>Что-то пошло не так</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>Delete</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>page.dev.delete</t>
+          <t>page.register.error</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr"/>
       <c r="B61" t="inlineStr">
         <is>
-          <t>Удалить приложение</t>
+          <t>Уже есть аккаунт?</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>Delete app</t>
+          <t>Already have an account?</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>page.dev.deleteApp</t>
+          <t>page.register.haveAccount</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr"/>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Выпустить токен</t>
+          <t>Логин</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>Issue token</t>
+          <t>Login</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>page.dev.issueToken</t>
+          <t>page.register.login</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr"/>
       <c r="B63" t="inlineStr">
         <is>
-          <t>Выпущенные токены:</t>
+          <t>Логин должен быть от 3 символов</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>Issued tokens:</t>
+          <t>Login must be at least 3 characters long</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>page.dev.issuedTokens</t>
+          <t>page.register.loginError</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr"/>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Выпуск токена</t>
+          <t>Логин уже занят</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>Issuing token</t>
+          <t>Login already exists</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>page.dev.issuingToken</t>
+          <t>page.register.loginExists</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr"/>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Права</t>
+          <t>Вам на почту было отправлено письмо с подтверждением. Пожалуйста, перейдите по ссылке в письме.</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>Permissions</t>
+          <t>We have sent you an email with a link to confirm your account. Please, check your email.</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>page.dev.permissions</t>
+          <t>page.register.ok</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr"/>
       <c r="B66" t="inlineStr">
         <is>
-          <t>Запросов за день: {ldr}</t>
+          <t>Пароль</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>Requests per day: {ldr}</t>
+          <t>Password</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>page.dev.requestsPerDay</t>
+          <t>page.register.password</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr"/>
       <c r="B67" t="inlineStr">
         <is>
-          <t>Запросов за месяц: {lmr}</t>
+          <t>Повтор пароля</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>Requests per month: {lmr}</t>
+          <t>Repeat password</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>page.dev.requestsPerMouth</t>
+          <t>page.register.passwordAgain</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr"/>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Токен отображается в первый и последний раз, сохраните его в надёжном месте!</t>
+          <t>Пароли не совпадают</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>Token showed only once, save it!</t>
+          <t>Passwords do not match</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>page.dev.saveToken</t>
+          <t>page.register.passwordAgainError</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr"/>
       <c r="B69" t="inlineStr">
         <is>
-          <t>Токен выпущен</t>
+          <t>Пароль должен быть от 8 символов, включая латинские буквы верхнего и нижнего регистра, а так же цифры</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>Token issued</t>
+          <t>Password must be at least 8 characters long and contain at least one number and one letter of both cases</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>page.dev.tokenIssued</t>
+          <t>page.register.passwordError</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr"/>
       <c r="B70" t="inlineStr">
         <is>
-          <t>Название токена</t>
+          <t>Зарегистрироваться</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>Token name</t>
+          <t>Register</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>page.dev.tokenName</t>
+          <t>page.register.register</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr"/>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Список моих сервисов.</t>
+          <t>Регистрация на RedGuy.ru</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>List of my services.</t>
+          <t>Register at RedGuy.ru</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>page.hub.description</t>
+          <t>page.register.title</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr"/>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Sleepless - Хаб</t>
+          <t>Введите новый пароль</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>Sleepless - Hub</t>
+          <t>Enter a new password</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>page.hub.title</t>
+          <t>page.reset.enter</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr"/>
       <c r="B73" t="inlineStr">
         <is>
-          <t>Привет! Меня зовут Илья, я Java и Node.js программист с более чем 6-летним опытом.</t>
+          <t>Пароли не совпадают</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>Welcome! My name is Ilya, I'm a Java and Node.js developer with more than 6 years of experience.</t>
+          <t>The passwords don't match</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>page.index.about</t>
+          <t>page.reset.not-match</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr"/>
       <c r="B74" t="inlineStr">
         <is>
-          <t xml:space="preserve">Вы можете связаться со мной через: </t>
+          <t>Пароль слишком простой</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t xml:space="preserve">You can contact with me using: </t>
+          <t>The password is too easy</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>page.index.contact</t>
+          <t>page.reset.too-easy</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr"/>
       <c r="B75" t="inlineStr">
         <is>
-          <t xml:space="preserve">Или через бота: </t>
+          <t>Введите почту которую вы указали при регистрации</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t xml:space="preserve">Also with telegram bot: </t>
+          <t>Enter email, which you use for register</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>page.index.contact2</t>
+          <t>page.restore.enter</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr"/>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Дашборды статистики</t>
+          <t>Если данная почта существует в нашей системе, мы отправили письмо с ссылкой восстановления пароля.</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>Stats dashboards</t>
+          <t>If this email exists in our system, we have sent an email with a password recovery link.</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>page.index.dashboards</t>
+          <t>page.restore.sent</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr"/>
       <c r="B77" t="inlineStr">
         <is>
-          <t>RedGuy.ru - сайт обычного программиста, на котором вы можете узнать обо мне, моих проектах, а так же воспользоваться моими сервисами</t>
+          <t>Отмена</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>RedGuy.ru is a site of an ordinary programmer, where you can learn about me, my projects, as well as use my facilities</t>
+          <t>Cancel</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>page.index.description</t>
+          <t>page.settings.cancel</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr"/>
       <c r="B78" t="inlineStr">
         <is>
-          <t>Я специализируюсь на создании Telegram ботов и бэк-энд решений для самых разных проектов. За годы работы успел посотрудничать с Московским центром развития профессионального образования, Колледжем связи №54, StoryTelling team и десятками индивидуальных заказчиков. Я всегда открыт для новых идей и готов помочь воплотить ваш проект в жизнь!</t>
+          <t>Смена пароля</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>I specialize in creating Telegram bots and back-end solutions for various projects. Over the years I have managed to cooperate with the Moscow Center for the Development of Professional Education, College of Communications №54, StoryTelling team and dozens of individual customers. I'm always open to new ideas and ready to help bring your project to life!</t>
+          <t>Password change</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>page.index.experience</t>
+          <t>page.settings.changePassword</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr"/>
       <c r="B79" t="inlineStr">
         <is>
-          <t>Имперский стражник</t>
+          <t>Сменить пароль</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>Imperium Guard</t>
+          <t>Change password</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>page.index.guard</t>
+          <t>page.settings.changePassword2</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr"/>
       <c r="B80" t="inlineStr">
         <is>
-          <t>Java &amp;&amp; Node.js Backend Developer</t>
+          <t>Код из приложения</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>Java &amp;&amp; Node.js Backend Developer</t>
+          <t>Code from the app</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>page.index.intro</t>
+          <t>page.settings.code</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr"/>
       <c r="B81" t="inlineStr">
         <is>
-          <t>Подпольный транскриптор</t>
+          <t>Текущий пароль</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>Underground transcriber</t>
+          <t>Current password</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>page.index.voice</t>
+          <t>page.settings.currentPassword</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr"/>
       <c r="B82" t="inlineStr">
         <is>
-          <t>Авторизация на RedGuy.ru</t>
+          <t>Настройки аккаунта</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>Auth of redguy.ru</t>
+          <t>Account settings</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>page.login.description</t>
+          <t>page.settings.description</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr"/>
       <c r="B83" t="inlineStr">
         <is>
-          <t>Ваш email не подтвержден</t>
+          <t>Ошибка</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>Your email is not confirmed</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>page.login.emailNotConfirmed</t>
+          <t>page.settings.error</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr"/>
       <c r="B84" t="inlineStr">
         <is>
-          <t>Логин или пароль не верны</t>
+          <t>Код не корректен</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>Login or password is incorrect</t>
+          <t>Incorrect 2FA code</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>page.login.error</t>
+          <t>page.settings.incorrectCode</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr"/>
       <c r="B85" t="inlineStr">
         <is>
-          <t>Двухфакторная авторизация</t>
+          <t>Неверный пароль</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>2FA code</t>
+          <t>Incorrect password</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>page.login.tfa</t>
+          <t>page.settings.incorrectPassword</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr"/>
       <c r="B86" t="inlineStr">
         <is>
-          <t>Авторизация на RedGuy.ru</t>
+          <t>Новый пароль</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>Log in at RedGuy.ru</t>
+          <t>New password</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>page.login.title</t>
+          <t>page.settings.newPassword</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr"/>
       <c r="B87" t="inlineStr">
         <is>
-          <t>Войти через ВК</t>
+          <t>Повтор пароля</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>Login via VK</t>
+          <t>Retype new password</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>page.login.viaVK</t>
+          <t>page.settings.newPasswordAgain</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr"/>
       <c r="B88" t="inlineStr">
         <is>
-          <t>Создать сервис</t>
+          <t>Новый пароль недостаточно безопасен</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>Create a service</t>
+          <t>Password is not strong enough</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>page.logs.createService</t>
+          <t>page.settings.notStrongEnough</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr"/>
       <c r="B89" t="inlineStr">
         <is>
-          <t>Уровень</t>
+          <t>Пароли не совпадают</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>Level</t>
+          <t>Passwords do not equals</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>page.logs.level</t>
+          <t>page.settings.passwordsNotEquals</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr"/>
       <c r="B90" t="inlineStr">
         <is>
-          <t>Загрузить ещё</t>
+          <t>Сбросить сессии</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>Load more</t>
+          <t>Reset sessions</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>page.logs.loadMore</t>
+          <t>page.settings.resetSessions</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr"/>
       <c r="B91" t="inlineStr">
         <is>
-          <t>Сообщение</t>
+          <t>Выключить двухфакторную авторизацию</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>Message</t>
+          <t>Disable two-factor authentication</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>page.logs.message</t>
+          <t>page.settings.resetTOTP</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr"/>
       <c r="B92" t="inlineStr">
         <is>
-          <t>Дополнительные данные</t>
+          <t>Безопасность</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>Payload</t>
+          <t>Safety</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>page.logs.payload</t>
+          <t>page.settings.safety</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr"/>
       <c r="B93" t="inlineStr">
         <is>
-          <t>Источник</t>
+          <t>Включить двухфакторную авторизацию</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>Service</t>
+          <t>Enable two-factor authentication</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>page.logs.service</t>
+          <t>page.settings.setTOTP</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr"/>
       <c r="B94" t="inlineStr">
         <is>
-          <t>Название сервиса</t>
+          <t>Подтвердить</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>Service name</t>
+          <t>Confirm</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>page.logs.serviceName</t>
+          <t>page.settings.setTOTP2</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr"/>
       <c r="B95" t="inlineStr">
         <is>
-          <t>Время</t>
+          <t>Настройки</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>Time</t>
+          <t>Settings</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>page.logs.time</t>
+          <t>page.settings.title</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr"/>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Получить доступ к вашему email адресу</t>
+          <t>Мой Boosty, где я публикую интересные дополнительные материалы и вы можете поддержать меня!</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>Access to your email</t>
+          <t>My page on Boosty, where I publish additional materials and you can support me!</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>page.oauth.authorize.access.email</t>
+          <t>page.socials.boosty.description</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr"/>
       <c r="B97" t="inlineStr">
         <is>
-          <t>Получить доступ к вашему id и никнейму</t>
+          <t>Boosty</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>Access to your nickname and id</t>
+          <t>Boosty</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>page.oauth.authorize.access.nickname</t>
+          <t>page.socials.boosty.title</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr"/>
       <c r="B98" t="inlineStr">
         <is>
-          <t>Разрешить</t>
+          <t>Мои блоги и каналы</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>Allow</t>
+          <t>My blogs and channels on different platforms</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>page.oauth.authorize.allow</t>
+          <t>page.socials.description</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr"/>
       <c r="B99" t="inlineStr">
         <is>
-          <t>Приложение {app}</t>
+          <t>Мой Discord сервер, где я частенько общаюсь</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>App {app}</t>
+          <t>My Discord server, where I chat a lot</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t>page.oauth.authorize.app</t>
+          <t>page.socials.discord.description</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr"/>
       <c r="B100" t="inlineStr">
         <is>
-          <t>Отмена</t>
+          <t>SleepLessCode discord</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>Cancel</t>
+          <t>SleepLessCode discord</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>page.oauth.authorize.cancel</t>
+          <t>page.socials.discord.title</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr"/>
       <c r="B101" t="inlineStr">
         <is>
-          <t>хочет получить доступ к вашему аккаунту</t>
+          <t>Мои блоги и каналы</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>requests access to your account</t>
+          <t>My blogs and channels</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>page.oauth.authorize.requestsAccess</t>
+          <t>page.socials.my</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr"/>
       <c r="B102" t="inlineStr">
         <is>
-          <t>Это позволит приложению:</t>
+          <t>Мой чат в Telegram, где я общаюсь с подписчиками</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>It will allow app to:</t>
+          <t>My chat in Telegram, where I chat with my subscribers (mostly in Russian)</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>page.oauth.authorize.willAllow</t>
+          <t>page.socials.sleeplesschat.description</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr"/>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Телеграмм бот который собирает новости с разных источников, категоризирует и отправляет в чат.{br} Получая новый пост из канала, проверяет его на уникальность, определяет одну из категорий: Россия, IT, Россия и Мир, Кино и анимация, Москва, Животный мир, Позитив, Образование, Экономика, Петербург, после чего отправляет этот пост в топик этой категории.</t>
+          <t>Спящие джуны</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>Telegram bot that collects news from different sources, categorizes and sends to chat.{br} Receiving a new post from the channel, checks it for uniqueness, determines one of the categories: Russia, IT, Russia and the World, Film and Animation, Moscow, Animal World, Positive, Education, Economy, St. Petersburg, then sends this post to the top of this category.</t>
+          <t>Sleeping juniors</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>page.projects.newskingdom.desc</t>
+          <t>page.socials.sleeplesschat.title</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr"/>
       <c r="B104" t="inlineStr">
         <is>
-          <t>Открыть чат</t>
+          <t>Мой личный канал где я расказываю о своих проектах и не только</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>Open chat</t>
+          <t>My blog in Telegram, where I publish my thoughts and ideas (in Russian)</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>page.projects.newskingdom.link</t>
+          <t>page.socials.sleeplesscode.description</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr"/>
       <c r="B105" t="inlineStr">
         <is>
-          <t>Время прочитать все новости не выходя из чата.</t>
+          <t>Бессонный кодер</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>Time to read all news without leaving a chat.</t>
+          <t>Sleepless developer</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>page.projects.newskingdom.slogan</t>
+          <t>page.socials.sleeplesscode.title</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr"/>
       <c r="B106" t="inlineStr">
         <is>
-          <t>API сервер</t>
+          <t>Мой личный канал в Telegram, где я публикую свои фотографии</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>API server</t>
+          <t>My channel in Telegram, where I publish my photos</t>
         </is>
       </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>page.projects.rdnevnik.api</t>
+          <t>page.socials.sleeplessfoto.description</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr"/>
       <c r="B107" t="inlineStr">
         <is>
-          <t>API библиотека</t>
+          <t>Бессонные фоточки</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>API library</t>
+          <t>Sleepless photos</t>
         </is>
       </c>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>page.projects.rdnevnik.api-lib</t>
+          <t>page.socials.sleeplessfoto.title</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr"/>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Телеграм и ВКонтакте интерфейс для доступа к электронному дневнику школьника {link}.{br} Использует технологию обработки естественного языка для понимания любой формулировки пользователя.</t>
+          <t>Мой канал в Telegram, где я публикую обновления своих стикеров</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>Telegram and VKontakte interface for accessing a student's electronic diary {link}.{br} Uses natural language processing technology to understand any user's wording.</t>
+          <t>My channel in Telegram, where I publish stickers created by me</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>page.projects.rdnevnik.desc</t>
+          <t>page.socials.sleeplessstickers.description</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr"/>
       <c r="B109" t="inlineStr">
         <is>
-          <t>NLP модель</t>
+          <t>Бессонные стикеры</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>NLP model</t>
+          <t>Sleepless stickers</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>page.projects.rdnevnik.nlp</t>
+          <t>page.socials.sleeplessstickers.title</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr"/>
       <c r="B110" t="inlineStr">
         <is>
-          <t>Сделаем учёбу проще своими силами.</t>
+          <t>RedGuy - Блоги и каналы</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>Let's make studying easier on our own.</t>
+          <t>RedGuy - Blogs and channels</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>page.projects.rdnevnik.slogan</t>
+          <t>page.socials.title</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr"/>
       <c r="B111" t="inlineStr">
         <is>
-          <t>Телеграм бот</t>
+          <t>Мой канал на YouTube, где я публикую самые разнообразные видео</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>Telegram bot</t>
+          <t>My YouTube channel, where I publish videos about my things (in Russian)</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>page.projects.rdnevnik.tg</t>
+          <t>page.socials.youtube.description</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr"/>
       <c r="B112" t="inlineStr">
         <is>
-          <t>Бот в Телеграм</t>
+          <t>RedGuy</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>Bot in Telegram</t>
+          <t>RedGuy</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>page.projects.rdnevnik.tg-open</t>
+          <t>page.socials.youtube.title</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr"/>
       <c r="B113" t="inlineStr">
         <is>
-          <t>ВКонтакте бот</t>
+          <t>Что-то пошло не так</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>VKontakte bot</t>
+          <t>Something went wrong</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>page.projects.rdnevnik.vk</t>
+          <t>page.verify.error</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr"/>
       <c r="B114" t="inlineStr">
         <is>
-          <t>Бот во ВКонтакте</t>
+          <t>главную</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>Bot in VKontakte</t>
+          <t>main page</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>page.projects.rdnevnik.vk-open</t>
+          <t>page.verify.main</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr"/>
       <c r="B115" t="inlineStr">
         <is>
-          <t>Специализированный бот для проведения голосований на вашем Discord сервере!</t>
+          <t>Готово! Вы можете вернуться на</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>A specialized bot for voting on your Discord server!</t>
+          <t>Done! You can go to the</t>
         </is>
       </c>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>page.projects.votty.desc</t>
+          <t>page.verify.ok</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr"/>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Пригласить</t>
+          <t>Пожалуйста, подождите</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>Invite</t>
+          <t>Please, wait</t>
         </is>
       </c>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>page.projects.votty.invite</t>
+          <t>page.verify.wait</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr"/>
       <c r="B117" t="inlineStr">
         <is>
-          <t>Сделаем голосования проще.</t>
+          <t>Декодирование хешей</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>Let's make voting easier.</t>
+          <t>Hashes decoding</t>
         </is>
       </c>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>page.projects.votty.slogan</t>
+          <t>permissions.hashes</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr"/>
       <c r="B118" t="inlineStr">
         <is>
-          <t>HTTP API интерфейс для вашего Minecraft сервера Spigot и Sponge.</t>
+          <t>Логгинг</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>HTTP API-interface for your Minecraft Spigot or Sponge server.</t>
+          <t>Logging</t>
         </is>
       </c>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>page.projects.webinfo.desc</t>
+          <t>permissions.logs</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr"/>
       <c r="B119" t="inlineStr">
         <is>
-          <t>ссылка (тык)</t>
+          <t>Minecraft</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>link (click)</t>
+          <t>Minecraft</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>page.projects.webinfo.link</t>
+          <t>permissions.minecraft</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
-    </row>
-[...2208 lines deleted...]
-      <c r="H204" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>